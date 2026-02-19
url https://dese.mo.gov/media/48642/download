--- v0 (2025-12-05)
+++ v1 (2026-02-19)
@@ -8,51 +8,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="68F72632" w14:textId="77777777" w:rsidR="00324E0B" w:rsidRPr="00150CC5" w:rsidRDefault="00324E0B" w:rsidP="00324E0B">
       <w:pPr>
         <w:widowControl/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00150CC5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Procurement Plan </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -648,52 +648,50 @@
             <w:r>
               <w:tab/>
             </w:r>
             <w:r>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="009041B3">
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00324E0B" w14:paraId="5DA07181" w14:textId="77777777" w:rsidTr="0081342D">
         <w:trPr>
           <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6C503F7C" w14:textId="77777777" w:rsidR="00324E0B" w:rsidRPr="009041B3" w:rsidRDefault="00324E0B" w:rsidP="0081342D"/>
         </w:tc>
-        <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-        <w:bookmarkEnd w:id="0"/>
       </w:tr>
       <w:tr w:rsidR="00324E0B" w14:paraId="049BDCD7" w14:textId="77777777" w:rsidTr="0081342D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6F2F4CA2" w14:textId="77777777" w:rsidR="00324E0B" w:rsidRPr="009041B3" w:rsidRDefault="00324E0B" w:rsidP="0081342D">
             <w:r>
               <w:t xml:space="preserve">Signature </w:t>
             </w:r>
             <w:r w:rsidRPr="0021520B">
               <w:rPr>
                 <w:color w:val="44546A" w:themeColor="text2"/>
               </w:rPr>
               <w:t>Superintendent of Schools</w:t>
             </w:r>
             <w:r w:rsidRPr="0021520B">
               <w:rPr>
                 <w:color w:val="44546A" w:themeColor="text2"/>
               </w:rPr>
               <w:tab/>
             </w:r>
@@ -795,50 +793,51 @@
     </w:p>
     <w:p w14:paraId="55943093" w14:textId="77777777" w:rsidR="00324E0B" w:rsidRDefault="00324E0B" w:rsidP="00324E0B"/>
     <w:p w14:paraId="31186A45" w14:textId="77777777" w:rsidR="00617B41" w:rsidRDefault="00617B41" w:rsidP="00324E0B"/>
     <w:p w14:paraId="10B19E01" w14:textId="77777777" w:rsidR="00617B41" w:rsidRDefault="00617B41" w:rsidP="00324E0B"/>
     <w:p w14:paraId="0907440A" w14:textId="77777777" w:rsidR="00324E0B" w:rsidRDefault="00324E0B" w:rsidP="00324E0B"/>
     <w:p w14:paraId="76C9E588" w14:textId="77777777" w:rsidR="00324E0B" w:rsidRPr="00382964" w:rsidRDefault="00324E0B" w:rsidP="00324E0B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00382964">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>(Name of Local Education Agency)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A77918F" w14:textId="77777777" w:rsidR="00324E0B" w:rsidRDefault="00324E0B" w:rsidP="00324E0B">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1817FE3B" w14:textId="77777777" w:rsidR="00324E0B" w:rsidRDefault="00324E0B" w:rsidP="00324E0B">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B80EAC2" w14:textId="77777777" w:rsidR="00382964" w:rsidRDefault="00382964" w:rsidP="00324E0B">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -1845,51 +1844,71 @@
       <w:r w:rsidRPr="00150CC5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="2D2B38"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>All purchasing records must be maintained no less than the current year plus three additional years.</w:t>
       </w:r>
       <w:r w:rsidR="00382964">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="2D2B38"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00382964" w:rsidRPr="00382964">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="2D2B38"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>These records will include, but are not necessarily limited to the following: invoices, request for quotes, specifications, Buy American requirements, quotes, IFB/RFP solicitations, advertisements, bid/RFP/quote analyses, contractor selection or rejection, and contracts including prices.</w:t>
+        <w:t xml:space="preserve">These records will </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00382964" w:rsidRPr="00382964">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="2D2B38"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>include, but</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00382964" w:rsidRPr="00382964">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="2D2B38"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are not necessarily limited to the following: invoices, request for quotes, specifications, Buy American requirements, quotes, IFB/RFP solicitations, advertisements, bid/RFP/quote analyses, contractor selection or rejection, and contracts including prices.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C260EE8" w14:textId="77777777" w:rsidR="00837469" w:rsidRPr="00837469" w:rsidRDefault="00837469" w:rsidP="00837469">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="2D2B38"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4B1691F4" w14:textId="77777777" w:rsidR="00837469" w:rsidRPr="00150CC5" w:rsidRDefault="00837469" w:rsidP="00837469">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="2D2B38"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2180,127 +2199,158 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>include:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13F51BBF" w14:textId="77777777" w:rsidR="00837469" w:rsidRPr="00413A79" w:rsidRDefault="00837469" w:rsidP="00837469">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00413A79">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Placing qualified small and minority businesses and women's business enterprises on solicitation lists;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Placing qualified small and minority businesses and women's business enterprises on solicitation </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00413A79">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>lists;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="3D3634BF" w14:textId="77777777" w:rsidR="00837469" w:rsidRPr="00413A79" w:rsidRDefault="00837469" w:rsidP="00837469">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00413A79">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Assuring that small and minority businesses, and women's business enterprises are solicited whenever they are potential sources;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Assuring that small and minority businesses, and women's business enterprises are solicited whenever they are potential </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00413A79">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sources;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="63924C5D" w14:textId="77777777" w:rsidR="00837469" w:rsidRPr="00413A79" w:rsidRDefault="00837469" w:rsidP="00837469">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00413A79">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Dividing total requirements, when economically feasible, into smaller tasks or quantities to permit maximum participation by small and minority businesses, and women's business enterprises;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Dividing total requirements, when economically feasible, into smaller tasks or quantities to permit maximum participation by small and minority businesses, and women's business </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00413A79">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>enterprises;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="7E8888D6" w14:textId="77777777" w:rsidR="00837469" w:rsidRPr="00413A79" w:rsidRDefault="00837469" w:rsidP="00837469">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00413A79">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Establishing delivery schedules, where the requirement permits, which encourage participation by small and minority businesses, and women's </w:t>
-      </w:r>
+        <w:t xml:space="preserve">Establishing delivery schedules, where the requirement permits, which encourage participation by small and minority businesses, and women's business </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00413A79">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...1 lines deleted...]
-      </w:r>
+        <w:t>enterprises;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="56F68003" w14:textId="77777777" w:rsidR="00837469" w:rsidRPr="00413A79" w:rsidRDefault="00837469" w:rsidP="00837469">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00413A79">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Using the services and assistance, as appropriate, of such organizations as the Small Business Administration and the Minority Business Development Agency of the Department of Commerce; and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4999E01C" w14:textId="77777777" w:rsidR="00837469" w:rsidRPr="009B69F5" w:rsidRDefault="00837469" w:rsidP="00837469">
       <w:pPr>
@@ -2444,50 +2494,51 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:w w:val="105"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="06BF9308" w14:textId="77777777" w:rsidR="009B69F5" w:rsidRPr="009B69F5" w:rsidRDefault="009B69F5" w:rsidP="009B69F5">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:w w:val="105"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B69F5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:w w:val="105"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>The LEA participates in the National School Lunch Program and School Breakfast Program and is required to use the nonprofit food service funds, to the maximum extent practicable, to buy domestic commodities or products for Program meals.  A ‘domestic commodity or product’ is defined as one that is either produced in the U.S. or is processed in the U.S. substantially using agricultural commodities that are produced in the U.S. as provided in 7 CFR 210.21(d).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E785B3E" w14:textId="77777777" w:rsidR="009B69F5" w:rsidRPr="009B69F5" w:rsidRDefault="009B69F5" w:rsidP="009B69F5">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:w w:val="105"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6A514259" w14:textId="77777777" w:rsidR="009B69F5" w:rsidRDefault="009B69F5" w:rsidP="009B69F5">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:w w:val="105"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2674,60 +2725,69 @@
     <w:p w14:paraId="5A1745F7" w14:textId="77777777" w:rsidR="00382964" w:rsidRPr="00617B41" w:rsidRDefault="009B69F5" w:rsidP="00617B41">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="763"/>
         </w:tabs>
         <w:spacing w:line="285" w:lineRule="auto"/>
         <w:ind w:right="340"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00837469">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>If the amount of purchases is more than the state small purchase threshold (currently valued at $250,000 or LEA approved threshold if less), formal procurement procedures will be used as required by 2 CFR Part 200.318-</w:t>
-      </w:r>
+        <w:t xml:space="preserve">If the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00837469">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">326.  Informal procurement procedures (micro purchase or small purchase) may be used for purchases under the most restrictive small purchase threshold, which is $ </w:t>
+        <w:t>amount</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00837469">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of purchases is more than the state small purchase threshold (currently valued at $250,000 or LEA approved threshold if less), formal procurement procedures will be used as required by 2 CFR Part 200.318-326.  Informal procurement procedures (micro purchase or small purchase) may be used for purchases under the most restrictive small purchase threshold, which is $ </w:t>
       </w:r>
       <w:r w:rsidRPr="00837469">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>__________</w:t>
       </w:r>
       <w:r w:rsidRPr="00837469">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> for </w:t>
       </w:r>
       <w:r w:rsidRPr="00837469">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
@@ -2896,70 +2956,86 @@
               <w:ind w:right="340"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Micro-Purchase</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3117" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0088DDE0" w14:textId="77777777" w:rsidR="00034AFC" w:rsidRDefault="00034AFC" w:rsidP="00034AFC">
+          <w:p w14:paraId="0088DDE0" w14:textId="5DD7B27E" w:rsidR="00034AFC" w:rsidRDefault="00034AFC" w:rsidP="00034AFC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="763"/>
               </w:tabs>
               <w:spacing w:line="285" w:lineRule="auto"/>
               <w:ind w:right="340"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Less than $10,000</w:t>
+              <w:t>Less than $1</w:t>
+            </w:r>
+            <w:r w:rsidR="00833CDE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3117" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1DB496D8" w14:textId="77777777" w:rsidR="00034AFC" w:rsidRDefault="00034AFC" w:rsidP="00034AFC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="763"/>
               </w:tabs>
               <w:spacing w:line="285" w:lineRule="auto"/>
               <w:ind w:right="340"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00034AFC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -2984,70 +3060,86 @@
               <w:ind w:right="340"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Small (Informal) Purchase</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3117" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29B32557" w14:textId="77777777" w:rsidR="00034AFC" w:rsidRDefault="00034AFC" w:rsidP="00034AFC">
+          <w:p w14:paraId="29B32557" w14:textId="6906691D" w:rsidR="00034AFC" w:rsidRDefault="00034AFC" w:rsidP="00034AFC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="763"/>
               </w:tabs>
               <w:spacing w:line="285" w:lineRule="auto"/>
               <w:ind w:right="340"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Less than $250,000</w:t>
+              <w:t>Less than $</w:t>
+            </w:r>
+            <w:r w:rsidR="00833CDE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>50,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3117" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="58AC4622" w14:textId="77777777" w:rsidR="00034AFC" w:rsidRDefault="00034AFC" w:rsidP="00034AFC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="763"/>
               </w:tabs>
               <w:spacing w:line="285" w:lineRule="auto"/>
               <w:ind w:right="340"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00034AFC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -3072,70 +3164,86 @@
               <w:ind w:right="340"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Formal Purchase</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3117" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F8A1B1A" w14:textId="77777777" w:rsidR="00034AFC" w:rsidRDefault="00034AFC" w:rsidP="00034AFC">
+          <w:p w14:paraId="2F8A1B1A" w14:textId="0B9AD2C4" w:rsidR="00034AFC" w:rsidRDefault="00034AFC" w:rsidP="00034AFC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="763"/>
               </w:tabs>
               <w:spacing w:line="285" w:lineRule="auto"/>
               <w:ind w:right="340"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Greater than $250,000</w:t>
+              <w:t>Greater than $</w:t>
+            </w:r>
+            <w:r w:rsidR="00833CDE">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>50,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3117" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="603E6E4A" w14:textId="77777777" w:rsidR="00034AFC" w:rsidRDefault="00034AFC" w:rsidP="00034AFC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="763"/>
               </w:tabs>
               <w:spacing w:line="285" w:lineRule="auto"/>
               <w:ind w:right="340"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00034AFC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -3383,85 +3491,119 @@
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SECTION II – Micro Purchase Procedures</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49A0483D" w14:textId="77777777" w:rsidR="00382964" w:rsidRDefault="00382964" w:rsidP="00382964">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="763"/>
         </w:tabs>
         <w:spacing w:line="285" w:lineRule="auto"/>
         <w:ind w:right="340"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2500380F" w14:textId="77777777" w:rsidR="00382964" w:rsidRDefault="00382964" w:rsidP="00382964">
+    <w:p w14:paraId="2500380F" w14:textId="52942FC6" w:rsidR="00382964" w:rsidRDefault="00382964" w:rsidP="00382964">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="450"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00150CC5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">If the amount of purchases for </w:t>
+        <w:t xml:space="preserve">If the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00150CC5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>amount</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00150CC5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of purchases for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>food, supplies and services</w:t>
       </w:r>
       <w:r w:rsidRPr="00150CC5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> is less than $10,000 </w:t>
+        <w:t xml:space="preserve"> is less than $1</w:t>
+      </w:r>
+      <w:r w:rsidR="00833CDE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00150CC5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">,000 </w:t>
       </w:r>
       <w:r w:rsidRPr="00150CC5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">or less than the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>LEA’</w:t>
       </w:r>
       <w:r w:rsidRPr="00150CC5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3537,121 +3679,1610 @@
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="450"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00382964">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The aggregate dollar value of each transaction shall be less than the micro-purchase threshold above. Purchases will not be separated into 2 or more purchases to meet or be below the threshold. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19B57A78" w14:textId="77777777" w:rsidR="00382964" w:rsidRDefault="00382964" w:rsidP="00382964">
+    <w:p w14:paraId="19B57A78" w14:textId="6C053B39" w:rsidR="00382964" w:rsidRDefault="00382964" w:rsidP="00382964">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="450"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00382964">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Purchase prices shall be reasonable. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="622814A0" w14:textId="77777777" w:rsidR="00382964" w:rsidRPr="00382964" w:rsidRDefault="00382964" w:rsidP="00382964">
+        <w:t>Purchase prices shall be reasonable</w:t>
+      </w:r>
+      <w:r w:rsidR="00F17B34">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> based on research, experience, purchase history or other information and documents it accordingly</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00382964">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="622814A0" w14:textId="4A5CE0EA" w:rsidR="00382964" w:rsidRPr="00382964" w:rsidRDefault="00F17B34" w:rsidP="00382964">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="450"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00382964">
-[...8 lines deleted...]
-    <w:p w14:paraId="36AC1F75" w14:textId="77777777" w:rsidR="00382964" w:rsidRDefault="00382964" w:rsidP="00382964">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Micro-purchases should</w:t>
+      </w:r>
+      <w:r w:rsidR="00382964" w:rsidRPr="00382964">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be spread equitably among qualified suppliers. If the LEA is unable to spread purchases equitably, it shall document the reason why (example: the next grocery store is located 50 miles away from the school LEA). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68702F99" w14:textId="77777777" w:rsidR="00A32F98" w:rsidRDefault="00A32F98" w:rsidP="00A32F98">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="0" w:right="432"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37971AA3" w14:textId="33AC4FD9" w:rsidR="00A32F98" w:rsidRPr="00A32F98" w:rsidRDefault="00A32F98" w:rsidP="00A32F98">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="0" w:right="432"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A32F98">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Government-wide regulations at 2 CFR Part 200 were updated to include new language</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32F98">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32F98">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>around micro-purchase thresholds available to all Progr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">am operators. These are outlined </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A32F98">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>below.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B75AF00" w14:textId="52B1F0D9" w:rsidR="00A32F98" w:rsidRDefault="00A32F98" w:rsidP="00B935AE">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="450"/>
         </w:tabs>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
-[...10 lines deleted...]
-        <w:br/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CC41CE6" w14:textId="33DAC99F" w:rsidR="00B935AE" w:rsidRPr="00B935AE" w:rsidRDefault="00B935AE" w:rsidP="00B935AE">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="450"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Government-wide regulations at 2 CFR 200.320(a)(1)(iii) now provide that Program</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>operators are “responsible for determining and documenting an appropriate micro-purchase</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>threshold based on internal controls, an evaluation of risk, and its documented procurement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>procedures.” The regulations also provide that the micro-purchase threshold used “must be</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>authorized or not prohibited under State, local, or tribal laws or regulations.” Program</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>operators</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>may</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>establish</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>micro-purchase</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>threshold</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>that</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>higher</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>than</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Federal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>threshold</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>established</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Federal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Acquisition</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Regulations</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(FAR),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>outlined</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>below.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A958350" w14:textId="77777777" w:rsidR="00B935AE" w:rsidRPr="00B935AE" w:rsidRDefault="00B935AE" w:rsidP="00B935AE">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14DB734D" w14:textId="77777777" w:rsidR="00B935AE" w:rsidRPr="00B935AE" w:rsidRDefault="00B935AE" w:rsidP="00B935AE">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Increases</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>micro-purchase</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>threshold</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>up</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>$50,000</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41E2FF47" w14:textId="77777777" w:rsidR="00B935AE" w:rsidRPr="00B935AE" w:rsidRDefault="00B935AE" w:rsidP="00B935AE">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C682A60" w14:textId="77777777" w:rsidR="00B935AE" w:rsidRPr="00B935AE" w:rsidRDefault="00B935AE" w:rsidP="00B935AE">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:ind w:left="0" w:right="122"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Government-wide regulations at 2 CFR 200.320(a)(iv) provide that Program operators may</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>self-certify a threshold up to $50,000 on an annual basis and must maintain documentation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>of such self-certification. Program operators choosing to self-certify must prepare and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>include a justification for the choice. The self-certification must include a justification,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>clear</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>indication</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>threshold,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>supporting</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>documentation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>any</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the following:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="264D8BDB" w14:textId="77777777" w:rsidR="00B935AE" w:rsidRPr="00B935AE" w:rsidRDefault="00B935AE" w:rsidP="00B935AE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="50"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2876"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:right="524"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A qualification as a low-risk auditee, in accordance with the criteria in 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-58"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>CFR</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>200.520;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="07FB2921" w14:textId="77777777" w:rsidR="00B935AE" w:rsidRPr="00B935AE" w:rsidRDefault="00B935AE" w:rsidP="00B935AE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="50"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2876"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:right="498"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>An</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>annual</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>internal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>institutional</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>risk</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>assessment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>identify,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mitigate,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-57"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>manage</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>financial</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>risks; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="496595EE" w14:textId="77777777" w:rsidR="00B935AE" w:rsidRPr="00B935AE" w:rsidRDefault="00B935AE" w:rsidP="00B935AE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="50"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2876"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>For</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>public</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>institutions,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>higher</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>threshold</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>consistent</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>State</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B935AE">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>law.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="043FA379" w14:textId="77777777" w:rsidR="00617B41" w:rsidRDefault="00617B41" w:rsidP="00382964">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="450"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="186F15E0" w14:textId="77777777" w:rsidR="00617B41" w:rsidRDefault="00617B41" w:rsidP="00382964">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="450"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3693,71 +5324,105 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SECTION III – Small (Informal) Purchase Procedures</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="251BAB65" w14:textId="77777777" w:rsidR="00382964" w:rsidRDefault="00382964" w:rsidP="00382964">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="763"/>
         </w:tabs>
         <w:spacing w:line="285" w:lineRule="auto"/>
         <w:ind w:right="340"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="318AFEAF" w14:textId="77777777" w:rsidR="00382964" w:rsidRDefault="00382964" w:rsidP="00382964">
+    <w:p w14:paraId="318AFEAF" w14:textId="1A352EE9" w:rsidR="00382964" w:rsidRDefault="00382964" w:rsidP="00382964">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="450"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00150CC5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">If the amount of purchases for items less than $250,000 </w:t>
+        <w:t xml:space="preserve">If the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00150CC5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>amount</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00150CC5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of purchases for items less than $</w:t>
+      </w:r>
+      <w:r w:rsidR="00833CDE">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00150CC5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">50,000 </w:t>
       </w:r>
       <w:r w:rsidRPr="00150CC5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">or the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>LEA’s</w:t>
       </w:r>
       <w:r w:rsidRPr="00150CC5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3791,50 +5456,51 @@
     <w:p w14:paraId="49F352C0" w14:textId="77777777" w:rsidR="00382964" w:rsidRPr="00382964" w:rsidRDefault="00382964" w:rsidP="00382964">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="450"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00382964">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Written specifications will be prepared and given to a minimum of two vendors.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16BA6732" w14:textId="77777777" w:rsidR="00382964" w:rsidRDefault="00382964" w:rsidP="00382964">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="450"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00382964">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
@@ -4319,51 +5985,69 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7B786F95" w14:textId="77777777" w:rsidR="00600CE2" w:rsidRPr="00150CC5" w:rsidRDefault="00600CE2" w:rsidP="00600CE2">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00150CC5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">If the amount of purchases is above the </w:t>
+        <w:t xml:space="preserve">If the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00150CC5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>amount</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00150CC5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of purchases is above the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>LEA</w:t>
       </w:r>
       <w:r w:rsidRPr="00150CC5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">’s threshold, or a Food Service Management Contract, formal procurement procedures will be used as required by 2 CFR Part 200.318-326. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="565DA0BD" w14:textId="77777777" w:rsidR="00600CE2" w:rsidRDefault="00600CE2" w:rsidP="00600CE2">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="450"/>
         </w:tabs>
         <w:rPr>
@@ -4580,51 +6264,50 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="450"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F64811">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">An announcement of an Invitation for Bid (IFB) or a Request for Proposal (RFP) will be placed in the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00F64811">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Newspaper/media, IPS Website, other internet source</w:t>
       </w:r>
       <w:r>
@@ -4883,50 +6566,51 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="061D66BA" w14:textId="77777777" w:rsidR="00F64811" w:rsidRPr="00F64811" w:rsidRDefault="00F64811" w:rsidP="00F64811">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F64811">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The developer of written specifications or descriptions for procurements are </w:t>
       </w:r>
       <w:r w:rsidRPr="00F64811">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>prohibited</w:t>
       </w:r>
       <w:r w:rsidRPr="00F64811">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> from submitting bids or proposals for such products or services.</w:t>
       </w:r>
@@ -4964,51 +6648,73 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>LEA</w:t>
       </w:r>
       <w:r w:rsidRPr="00F64811">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> will perform a cost analysis in connection with every procurement in excess of the Small Purchase Threshold including contract modifications. The cost/price analysis is to be maintained on file at the </w:t>
+        <w:t xml:space="preserve"> will perform a cost analysis in connection with every procurement </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F64811">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in excess of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F64811">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Small Purchase Threshold including contract modifications. The cost/price analysis is to be maintained on file at the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>LEA</w:t>
       </w:r>
       <w:r w:rsidRPr="00F64811">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.  The approximate dollar value of the procurement should be included in the bid.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59032373" w14:textId="77777777" w:rsidR="00F64811" w:rsidRPr="00F64811" w:rsidRDefault="00F64811" w:rsidP="00F64811">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -5325,51 +7031,50 @@
     </w:p>
     <w:p w14:paraId="45551C1D" w14:textId="77777777" w:rsidR="00BB1689" w:rsidRDefault="00BB1689" w:rsidP="00F64811">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Buy American Provision.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D246ACF" w14:textId="77777777" w:rsidR="00F64811" w:rsidRDefault="00F64811" w:rsidP="00F64811">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F64811">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
@@ -5934,50 +7639,51 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="450"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB1689">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidRPr="00600CE2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Title of person/position</w:t>
       </w:r>
       <w:r w:rsidRPr="00150CC5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00BB1689">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
@@ -6091,104 +7797,115 @@
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5991A1AD" w14:textId="77777777" w:rsidR="00021BF7" w:rsidRDefault="00021BF7" w:rsidP="00021BF7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="450"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00021BF7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>In order to use a noncompetitive proposal, one of the following circumstances must apply:</w:t>
+        <w:t>In order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00021BF7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> use a noncompetitive proposal, one of the following circumstances must apply:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42F457C5" w14:textId="77777777" w:rsidR="00021BF7" w:rsidRPr="00021BF7" w:rsidRDefault="00021BF7" w:rsidP="00021BF7">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="450"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="32D7E5F3" w14:textId="77777777" w:rsidR="00021BF7" w:rsidRDefault="00021BF7" w:rsidP="00021BF7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="450"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00021BF7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>The item is available only from a single source</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F9D7CC3" w14:textId="77777777" w:rsidR="00021BF7" w:rsidRDefault="00021BF7" w:rsidP="00021BF7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="450"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00021BF7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
@@ -6235,51 +7952,73 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="450"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00021BF7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>After solicitation of a number of sources, competition is determined inadequate</w:t>
+        <w:t xml:space="preserve">After solicitation of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00021BF7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a number of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00021BF7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sources, competition is determined inadequate</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37E1E9F2" w14:textId="77777777" w:rsidR="00021BF7" w:rsidRDefault="00021BF7" w:rsidP="00021BF7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="450"/>
         </w:tabs>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="70D8ADB2" w14:textId="77777777" w:rsidR="00021BF7" w:rsidRDefault="00021BF7" w:rsidP="00021BF7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -6584,51 +8323,73 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="450"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00021BF7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Non-competitive negotiations shall be used for one-time purchases of a new food item in order to determine food acceptance by students and for samples for testing purposes.  A record of non-competitive negotiation purchase shall be maintained by the (</w:t>
+        <w:t xml:space="preserve">Non-competitive negotiations shall be used for one-time purchases of a new food item </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00021BF7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00021BF7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> determine food acceptance by students and for samples for testing purposes.  A record of non-competitive negotiation purchase shall be maintained by the (</w:t>
       </w:r>
       <w:r w:rsidRPr="00021BF7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>LEA Official</w:t>
       </w:r>
       <w:r w:rsidRPr="00021BF7">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>). The record of non-competitive purchases shall include, at a minimum, the following:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3659C936" w14:textId="77777777" w:rsidR="00021BF7" w:rsidRPr="00021BF7" w:rsidRDefault="00021BF7" w:rsidP="00021BF7">
@@ -6833,51 +8594,69 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="530FC3BA" w14:textId="77777777" w:rsidR="00021BF7" w:rsidRPr="00150CC5" w:rsidRDefault="00021BF7" w:rsidP="00021BF7">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="450"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00150CC5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">If the amount of purchases for </w:t>
+        <w:t xml:space="preserve">If the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00150CC5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>amount</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00150CC5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of purchases for </w:t>
       </w:r>
       <w:r w:rsidRPr="00150CC5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>equipment</w:t>
       </w:r>
       <w:r w:rsidRPr="00150CC5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> is greater than $5,000</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (or the LEA’s local capitalization threshold)</w:t>
@@ -7630,229 +9409,318 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall maintain, at a minimum, the following documents:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B4E19DE" w14:textId="77777777" w:rsidR="00CA4073" w:rsidRPr="00150CC5" w:rsidRDefault="00CA4073" w:rsidP="00CA4073">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00150CC5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Written rationale for award cost or price;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Written rationale for award cost or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00150CC5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>price;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="1E43239B" w14:textId="77777777" w:rsidR="00CA4073" w:rsidRPr="00150CC5" w:rsidRDefault="00CA4073" w:rsidP="00CA4073">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00150CC5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>A copy of the original solicitation;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">A copy of the original </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00150CC5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>solicitation;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="10B9AF81" w14:textId="77777777" w:rsidR="00CA4073" w:rsidRPr="00150CC5" w:rsidRDefault="00CA4073" w:rsidP="00CA4073">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00150CC5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>The bidding and negotiation history and working papers;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">The bidding and negotiation history and working </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00150CC5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>papers;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="3E8E9233" w14:textId="77777777" w:rsidR="00CA4073" w:rsidRPr="00150CC5" w:rsidRDefault="00CA4073" w:rsidP="00CA4073">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00150CC5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>The basis for contractor selection;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">The basis for contractor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00150CC5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>selection;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="7E8B7A0D" w14:textId="77777777" w:rsidR="00CA4073" w:rsidRPr="00150CC5" w:rsidRDefault="00CA4073" w:rsidP="00CA4073">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00150CC5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Approval from the State agency to support a lack of competition when competitive bids or offers are not obtained;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Approval from the State agency to support a lack of competition when competitive bids or offers are not </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00150CC5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>obtained;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="47D64885" w14:textId="77777777" w:rsidR="00CA4073" w:rsidRPr="00150CC5" w:rsidRDefault="00CA4073" w:rsidP="00CA4073">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00150CC5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>The terms and conditions of the contract;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">The terms and conditions of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00150CC5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>contract;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="02A903A4" w14:textId="77777777" w:rsidR="00CA4073" w:rsidRPr="00150CC5" w:rsidRDefault="00CA4073" w:rsidP="00CA4073">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00150CC5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Any changes to the contract and negotiation history;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Any changes to the contract and negotiation </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00150CC5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>history;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="28FD5E95" w14:textId="77777777" w:rsidR="00CA4073" w:rsidRPr="00150CC5" w:rsidRDefault="00CA4073" w:rsidP="00CA4073">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00150CC5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Billing and payment records;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Billing and payment </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00150CC5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>records;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="1B222FDB" w14:textId="77777777" w:rsidR="00CA4073" w:rsidRPr="00150CC5" w:rsidRDefault="00CA4073" w:rsidP="00CA4073">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00150CC5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...1 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">A history of any contractor </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00150CC5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>claims;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="0992B81B" w14:textId="77777777" w:rsidR="00CA4073" w:rsidRPr="00150CC5" w:rsidRDefault="00CA4073" w:rsidP="00CA4073">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00150CC5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A history of any contractor breaches</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CADAB97" w14:textId="77777777" w:rsidR="00CA4073" w:rsidRDefault="00CA4073" w:rsidP="00021BF7">
       <w:pPr>
@@ -8749,342 +10617,51 @@
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B3137A3" w14:textId="77777777" w:rsidR="005E22D9" w:rsidRDefault="005E22D9" w:rsidP="00CA4073">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="450"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A304115" w14:textId="77777777" w:rsidR="005E22D9" w:rsidRDefault="005E22D9" w:rsidP="00CA4073">
-[...290 lines deleted...]
-    <w:p w14:paraId="5FFAD0C9" w14:textId="77777777" w:rsidR="0081342D" w:rsidRDefault="0081342D" w:rsidP="005E22D9">
+    <w:p w14:paraId="5FFAD0C9" w14:textId="71DC298A" w:rsidR="0081342D" w:rsidRDefault="0081342D" w:rsidP="005E22D9">
       <w:pPr>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="7"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="34288A35" w14:textId="77777777" w:rsidR="005E22D9" w:rsidRDefault="005E22D9" w:rsidP="005E22D9">
       <w:pPr>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="100"/>
         <w:jc w:val="center"/>
@@ -9105,2110 +10682,607 @@
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
         <w:t>Buy American Certification</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="124AEF45" w14:textId="77777777" w:rsidR="005E22D9" w:rsidRPr="005E22D9" w:rsidRDefault="005E22D9" w:rsidP="005E22D9">
       <w:pPr>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="100"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5FC9DFA3" w14:textId="77777777" w:rsidR="005E22D9" w:rsidRPr="00543B2C" w:rsidRDefault="005E22D9" w:rsidP="005E22D9">
-[...2029 lines deleted...]
-    </w:tbl>
     <w:p w14:paraId="13002CAC" w14:textId="77777777" w:rsidR="005E22D9" w:rsidRDefault="005E22D9" w:rsidP="00CA4073">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="450"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="08BE737E" w14:textId="77777777" w:rsidR="00CA4073" w:rsidRDefault="00CA4073" w:rsidP="00CA4073">
+    <w:p w14:paraId="649E5C01" w14:textId="122F6326" w:rsidR="00311BC8" w:rsidRPr="00311BC8" w:rsidRDefault="00311BC8" w:rsidP="00311BC8">
       <w:pPr>
         <w:widowControl/>
-        <w:tabs>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00311BC8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The Buy American provision for contracts that involve the purchase of food, as required by the Buy American provision, all products</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00311BC8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>must be of domestic origin as required by 7 CFR Part 210.21(d).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00311BC8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>This provision supports the mission of the child nutrition programs, which is to serve children nutritious meals and support American</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BD90F82" w14:textId="3EFB62CD" w:rsidR="00311BC8" w:rsidRPr="00311BC8" w:rsidRDefault="00311BC8" w:rsidP="00311BC8">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00311BC8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>agriculture. Program regulations that govern this provision apply to school food authorities that operate the National School Lunch and/or School Breakfast Programs and are found at 7 CFR 210.21(d) and 7 CFR 220.16(d), respectively.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BAF54DA" w14:textId="5B54CE95" w:rsidR="00311BC8" w:rsidRPr="00311BC8" w:rsidRDefault="00311BC8" w:rsidP="00311BC8">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00311BC8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Under the Buy American provision, school food authorities in the contiguous United States that participate in the National School Lunch</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00311BC8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Program or the School Breakfast Program are required to purchase domestic commodities or products for their school meal programs</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00311BC8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>to the maximum extent practicable (42 U.S.C. § 1760(n)).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3758808D" w14:textId="32D49875" w:rsidR="00311BC8" w:rsidRPr="00311BC8" w:rsidRDefault="00311BC8" w:rsidP="00311BC8">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00311BC8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A domestic commodity or product is defined as an agricultural commodity that is produced in one of the 50 states, the District of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00311BC8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Columbia, Puerto Rico, or any U.S. territory. A domestic commodity or product can also be defined as a food product that is processed</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E696AF5" w14:textId="6B69E4AA" w:rsidR="00311BC8" w:rsidRPr="00311BC8" w:rsidRDefault="00311BC8" w:rsidP="00311BC8">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00311BC8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in the United States substantially using agricultural commodities that are produced in the United States (7 CFR 210.21(d)(1)).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00311BC8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>"Substantially using agricultural commodities that are produced in the United States" means over 51 percent of a food product (by</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00311BC8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>weight or volume) must consist of agricultural commodities that were grown domestically (7 CFR 210.21(d)(1)(ii)).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FFC8C81" w14:textId="4DEFE43C" w:rsidR="00311BC8" w:rsidRPr="00311BC8" w:rsidRDefault="00311BC8" w:rsidP="00311BC8">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00311BC8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>For information on how the Buy American requirements apply to fish and fish products offered in school lunch and breakfast programs,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00311BC8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>please review 7 CFR 210.21(d)(6) and/or 7 CFR 220.16(d)(6).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72B6DD06" w14:textId="185EC162" w:rsidR="00311BC8" w:rsidRPr="00311BC8" w:rsidRDefault="00311BC8" w:rsidP="00311BC8">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00311BC8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>There are two limited circumstances when school food authorities may purchase non-domestic foods. School food authorities must</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00311BC8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>make a case-by-case determination to purchase a non-domestic product and are responsible for defining key terms related to the</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C4A22A4" w14:textId="77777777" w:rsidR="00311BC8" w:rsidRPr="00311BC8" w:rsidRDefault="00311BC8" w:rsidP="00311BC8">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00311BC8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>below Buy American exceptions, such as “significantly higher” cost.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="731FEA55" w14:textId="77777777" w:rsidR="00311BC8" w:rsidRPr="00311BC8" w:rsidRDefault="00311BC8" w:rsidP="00311BC8">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00311BC8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Exception 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A6DA95B" w14:textId="77777777" w:rsidR="00311BC8" w:rsidRPr="00311BC8" w:rsidRDefault="00311BC8" w:rsidP="00311BC8">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00311BC8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The product is listed on the Federal Acquisitions Regulations (FAR) 25.104 No available articles list found at 48 CFR 25.104 and/or is not</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C06BFE1" w14:textId="77777777" w:rsidR="00311BC8" w:rsidRPr="00311BC8" w:rsidRDefault="00311BC8" w:rsidP="00311BC8">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00311BC8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>produced or manufactured in the U.S. in sufficient and reasonably available quantities of a satisfactory quality.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39FC00F1" w14:textId="77777777" w:rsidR="00311BC8" w:rsidRPr="00311BC8" w:rsidRDefault="00311BC8" w:rsidP="00311BC8">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00311BC8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Exception 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13BCEE1A" w14:textId="77777777" w:rsidR="00311BC8" w:rsidRPr="00311BC8" w:rsidRDefault="00311BC8" w:rsidP="00311BC8">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00311BC8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Competitive bids reveal the costs of a U.S. product are significantly higher than the non-domestic product.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="755853F2" w14:textId="19F37850" w:rsidR="00311BC8" w:rsidRPr="00311BC8" w:rsidRDefault="00311BC8" w:rsidP="00311BC8">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00311BC8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Exception Documentation and Reporting Requirements</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00311BC8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SFAs must document the use of exceptions to purchase non-domestic products and must be able to produce this documentation as</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08BE737E" w14:textId="6DB73A4D" w:rsidR="00CA4073" w:rsidRPr="00311BC8" w:rsidRDefault="00311BC8" w:rsidP="00311BC8">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00311BC8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>needed. SFAs do not need pre-approval or a waiver from the State or FNS to use an exception under the Buy American provision. When</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00311BC8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SFAs purchase a product found on the FAR 25.104 No available articles list (https://www.acquisition.gov/far/25.104), this must be</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00311BC8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">included on the tracker for the purpose of accurately tracking total non-domestic costs. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00311BC8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>However, when a school food authority</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00311BC8">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>purchases a food item found on the FAR 25.104 No available articles list, no further documentation is required.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="0D61544F" w14:textId="77777777" w:rsidR="0081342D" w:rsidRDefault="0081342D" w:rsidP="00CA4073">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="450"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="69EC22A1" w14:textId="77777777" w:rsidR="0081342D" w:rsidRDefault="0081342D" w:rsidP="00CA4073">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="450"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
@@ -11311,67 +11385,82 @@
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A680D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Forecast product needs  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49E6E4CE" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="007A680D" w:rsidRDefault="0081342D" w:rsidP="0081342D">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A680D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Cycle menus, velocity reports, and production records are common tools used to forecast product needs. If the estimated value of goods or services needed (during the time period you wish to purchase them in) is greater than the micro-purchase threshold, and less than the small purchase threshold, the  should use the small purchase method of competitive quotations. </w:t>
+        <w:t xml:space="preserve">Cycle menus, velocity reports, and production records are common tools used to forecast product needs. If the estimated value of goods or services needed (during the time period you wish to purchase them in) is greater than the micro-purchase threshold, and less than the small purchase threshold, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007A680D">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>the  should</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007A680D">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> use the small purchase method of competitive quotations. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39E4A21B" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="007A680D" w:rsidRDefault="0081342D" w:rsidP="0081342D">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A680D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>*The Federal micro-purchase method is $10,000 and the Federal small purchase threshold is $250,000</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> for perishables. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="132BB589" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="007A680D" w:rsidRDefault="0081342D" w:rsidP="0081342D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0EE00670" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="007A680D" w:rsidRDefault="0081342D" w:rsidP="0081342D">
       <w:pPr>
         <w:pStyle w:val="SubheadTrebuchet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
@@ -11669,51 +11758,67 @@
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>LEA</w:t>
       </w:r>
       <w:r w:rsidRPr="007A680D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> chooses to reject an offer, it should document why. For example, the vendor cannot deliver on the days or times that the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>LEA</w:t>
       </w:r>
       <w:r w:rsidRPr="007A680D">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> needs. If more than one vendor can provide all of the requested services and products, the award should be made to the lowest price offer. </w:t>
+        <w:t xml:space="preserve"> needs. If more than one vendor can provide </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007A680D">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>all of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007A680D">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the requested services and products, the award should be made to the lowest price offer. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BC2A41E" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="007A680D" w:rsidRDefault="0081342D" w:rsidP="0081342D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="151ECB66" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="007A680D" w:rsidRDefault="0081342D" w:rsidP="0081342D">
       <w:pPr>
         <w:pStyle w:val="SubheadTrebuchet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A680D">
         <w:rPr>
@@ -12038,85 +12143,82 @@
           <w:p w14:paraId="220F11BC" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00150CC5">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vendor Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="37282E91" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1B8F3F47" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="617B4F06" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0081342D" w:rsidRPr="00150CC5" w14:paraId="77789E06" w14:textId="77777777" w:rsidTr="0081342D">
         <w:trPr>
           <w:trHeight w:val="2070"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
           <w:p w14:paraId="7E45D1C3" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:jc w:val="center"/>
@@ -12629,1369 +12731,1291 @@
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
             <w:r w:rsidRPr="00150CC5">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0081342D" w:rsidRPr="00150CC5" w14:paraId="5FBD00C1" w14:textId="77777777" w:rsidTr="0081342D">
         <w:trPr>
           <w:trHeight w:val="565"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="69533C32" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="39393949" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00150CC5">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6357674E" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2B23079C" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="79E7B134" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4886074F" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="58D33F6F" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3B356815" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0AE6B08B" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4F0F7FD7" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="20A82F8D" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6F3502E5" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0081342D" w:rsidRPr="00150CC5" w14:paraId="1AA3EBA2" w14:textId="77777777" w:rsidTr="0081342D">
         <w:trPr>
           <w:trHeight w:val="580"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="70D2C5CD" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="60FB3392" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00150CC5">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1FF649AC" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="467518F6" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="154B682A" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="08E7E216" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="42D91CC4" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1E315C94" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="66B95748" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6F5643DD" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5B7665E7" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6830290E" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0081342D" w:rsidRPr="00150CC5" w14:paraId="2058BC16" w14:textId="77777777" w:rsidTr="0081342D">
         <w:trPr>
           <w:trHeight w:val="217"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1D936EC2" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3C0CD833" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00150CC5">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="53CF008E" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4755343B" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2AC1A3CF" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="61B61703" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="219DADA0" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="391A9D4E" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4D118C6E" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="354542A9" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3D1B1A0C" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="53C3113B" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7D78DA39" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0081342D" w:rsidRPr="00150CC5" w14:paraId="0C6D77FE" w14:textId="77777777" w:rsidTr="0081342D">
         <w:trPr>
           <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="073469BE" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="00C95806" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00150CC5">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="474281EC" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5D7F06DC" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6D372034" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="76DB5583" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="576C6EB6" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="75E01A26" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3158226F" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1D2DD544" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="025B5C7C" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="05F7BF2B" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0081342D" w:rsidRPr="00150CC5" w14:paraId="742E8428" w14:textId="77777777" w:rsidTr="0081342D">
         <w:trPr>
           <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5EA10B8D" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="63450B52" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00150CC5">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6AD03FB3" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="522899FB" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7AA81802" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1DADFF29" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="37229A3E" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="458407E7" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="752FF86A" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4C59EFFF" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3158DC49" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="39079D68" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0081342D" w:rsidRPr="00150CC5" w14:paraId="0B137C22" w14:textId="77777777" w:rsidTr="0081342D">
         <w:trPr>
           <w:trHeight w:val="580"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3790E985" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4D5B57E0" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00150CC5">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="44470DEF" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="74EE5054" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="758CA3CB" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2F749790" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="26E729AF" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0D36E529" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0E020D6B" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7FC98C32" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7214618F" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="12EF8D7C" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0081342D" w:rsidRPr="00150CC5" w14:paraId="392A246A" w14:textId="77777777" w:rsidTr="0081342D">
         <w:trPr>
           <w:trHeight w:val="565"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="058DCCAB" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2BF164F5" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00150CC5">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="66BAE49E" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2AE16488" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="23DA74CC" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0EBF8337" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="641984EF" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="420DA841" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="20FCA0E1" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="16B4945C" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="28AC3EE0" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="72F4ECB7" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0081342D" w:rsidRPr="00150CC5" w14:paraId="501DE9BB" w14:textId="77777777" w:rsidTr="0081342D">
         <w:trPr>
           <w:trHeight w:val="580"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="20C3BAC5" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00150CC5">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">                       TOTAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
           <w:p w14:paraId="0FE0DD41" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
@@ -14154,137 +14178,133 @@
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
           </w:tcPr>
           <w:p w14:paraId="65CEF871" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0081342D" w:rsidRPr="00150CC5" w14:paraId="18476F0C" w14:textId="77777777" w:rsidTr="0081342D">
         <w:trPr>
           <w:trHeight w:val="282"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="269C8D3E" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00150CC5">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">*Vendor Selected (VS) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5EE342FC" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00150CC5">
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4F8DB7FB" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00150CC5">
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0AD7EA62" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00150CC5">
               <w:rPr>
                 <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t></w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0081342D" w:rsidRPr="00150CC5" w14:paraId="2A67FB14" w14:textId="77777777" w:rsidTr="0081342D">
         <w:trPr>
           <w:trHeight w:val="186"/>
         </w:trPr>
@@ -14545,279 +14565,273 @@
           </w:tcPr>
           <w:p w14:paraId="539648EB" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0081342D" w:rsidRPr="00150CC5" w14:paraId="07809D20" w14:textId="77777777" w:rsidTr="0081342D">
         <w:trPr>
           <w:trHeight w:val="597"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="697CC6B1" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00150CC5">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Additional Notes:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="72DF7360" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="015A2C7B" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7B690EDF" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="086C76F4" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="441C29E9" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0081342D" w:rsidRPr="00150CC5" w14:paraId="504EE43E" w14:textId="77777777" w:rsidTr="0081342D">
         <w:trPr>
           <w:trHeight w:val="580"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6C18810E" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00150CC5">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Signature of person completing this form:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="031BEB47" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="611DB990" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00150CC5">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4C64C10D" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7D96F42A" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00150CC5" w:rsidRDefault="0081342D" w:rsidP="0081342D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2321E0B4" w14:textId="77777777" w:rsidR="0081342D" w:rsidRDefault="0081342D" w:rsidP="0081342D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00150CC5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t>*Vendor Selected (VS); you can award all items to one bidder (lowest total price) or you can award bid on a line item basis (lowest item pric</w:t>
+        <w:t>*Vendor Selected (VS); you can award all items to one bidder (lowest total price</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00150CC5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00150CC5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or you can award bid on a line item basis (lowest item pric</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>e).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65B60D2A" w14:textId="77777777" w:rsidR="0081342D" w:rsidRDefault="0081342D" w:rsidP="0081342D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1423F1CE" w14:textId="77777777" w:rsidR="0081342D" w:rsidRDefault="0081342D" w:rsidP="0081342D">
-      <w:pPr>
-[...12 lines deleted...]
-    <w:p w14:paraId="1CF42CC0" w14:textId="77777777" w:rsidR="0081342D" w:rsidRDefault="0081342D" w:rsidP="0081342D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E657F6A" w14:textId="77777777" w:rsidR="0081342D" w:rsidRDefault="0081342D" w:rsidP="0081342D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="76D5F227" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRDefault="004C31D5" w:rsidP="0081342D">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -14968,51 +14982,50 @@
           <w:u w:val="single"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r w:rsidRPr="002F11C9">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> Section</w:t>
       </w:r>
       <w:r w:rsidRPr="002F11C9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A1A62CE" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="002F11C9" w:rsidRDefault="0081342D" w:rsidP="0081342D">
       <w:pPr>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="002F11C9">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="002F11C9">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>st</w:t>
       </w:r>
       <w:r w:rsidRPr="002F11C9">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> Section:</w:t>
       </w:r>
       <w:r w:rsidRPr="002F11C9">
         <w:t xml:space="preserve"> Titled:</w:t>
       </w:r>
       <w:r w:rsidRPr="002F11C9">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> “Prepared by” and followed by 3 additional lines</w:t>
@@ -15087,65 +15100,81 @@
       </w:r>
       <w:r>
         <w:t>Distributor</w:t>
       </w:r>
       <w:r w:rsidRPr="002F11C9">
         <w:t xml:space="preserve"> 2, </w:t>
       </w:r>
       <w:r>
         <w:t>Distributor</w:t>
       </w:r>
       <w:r w:rsidRPr="002F11C9">
         <w:t xml:space="preserve"> 3. All areas will be completed. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36810D96" w14:textId="77777777" w:rsidR="0081342D" w:rsidRDefault="0081342D" w:rsidP="0081342D">
       <w:pPr>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="002F11C9">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Name of company</w:t>
       </w:r>
       <w:r>
-        <w:t>: Write/type the company you are contacting for a bid (i.e. Reinhart Foods, Cash-Wa, FSA, etc.). Each company has its own section that you will complete (i.e. Distributor 1, Distributor 2, Distributor 3).</w:t>
+        <w:t>: Write/type the company you are contacting for a bid (i.e. Reinhart Foods, Cash-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Wa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, FSA, etc.). Each company has its own section that you will complete (i.e. Distributor 1, Distributor 2, Distributor 3).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FF2FA74" w14:textId="77777777" w:rsidR="0081342D" w:rsidRDefault="0081342D" w:rsidP="0081342D">
       <w:pPr>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="002F11C9">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Company contact</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">: Write/type the person you are talking to regarding the quote (typically the sales-person that services or stops at your </w:t>
+        <w:t xml:space="preserve">: Write/type the person you are talking to regarding the quote (typically the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>sales-person</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> that services or stops at your </w:t>
       </w:r>
       <w:r w:rsidR="00A22700">
         <w:t>LEA</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">).  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="777EE823" w14:textId="77777777" w:rsidR="0081342D" w:rsidRDefault="0081342D" w:rsidP="0081342D">
       <w:pPr>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="002F11C9">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Contact phone number</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: Write/type the phone number of the person you contacted in the previous line. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A9C892A" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="002F11C9" w:rsidRDefault="0081342D" w:rsidP="0081342D">
       <w:pPr>
         <w:spacing w:after="120"/>
@@ -15382,50 +15411,51 @@
       <w:r w:rsidRPr="002F11C9">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>General comments:</w:t>
       </w:r>
       <w:r w:rsidRPr="002F11C9">
         <w:t xml:space="preserve"> You may or may not have information to add here. Include any information that affected your bid award.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B918E84" w14:textId="77777777" w:rsidR="0081342D" w:rsidRDefault="0081342D" w:rsidP="0081342D">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB3368">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A1552C5" w14:textId="77777777" w:rsidR="0081342D" w:rsidRDefault="0081342D" w:rsidP="0081342D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C7727F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Phone Quotes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F1509F0" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00FC3243" w:rsidRDefault="0081342D" w:rsidP="0081342D">
       <w:pPr>
         <w:ind w:left="180"/>
@@ -15925,99 +15955,99 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2430" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
           </w:tcPr>
           <w:p w14:paraId="389D2111" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00002B4A" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00002B4A">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t>Quote good for:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F0A5FF0" w14:textId="77777777" w:rsidR="0081342D" w:rsidRDefault="00B23BC3" w:rsidP="0081342D">
+          <w:p w14:paraId="7F0A5FF0" w14:textId="77777777" w:rsidR="0081342D" w:rsidRDefault="0019080E" w:rsidP="0081342D">
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1362858176"/>
                 <w:placeholder>
                   <w:docPart w:val="19A7778C228244929D2342EDC984D2B8"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0081342D">
                   <w:t>___</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0081342D">
               <w:t xml:space="preserve"> days</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C0F876D" w14:textId="77777777" w:rsidR="0081342D" w:rsidRDefault="00B23BC3" w:rsidP="0081342D">
+          <w:p w14:paraId="4C0F876D" w14:textId="77777777" w:rsidR="0081342D" w:rsidRDefault="0019080E" w:rsidP="0081342D">
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="214013465"/>
                 <w:placeholder>
                   <w:docPart w:val="E23E94DD01D742F29BB6154516B9E3EA"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0081342D">
                   <w:t>___</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0081342D">
               <w:t xml:space="preserve"> days</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2790" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0ACB4993" w14:textId="77777777" w:rsidR="0081342D" w:rsidRDefault="00B23BC3" w:rsidP="0081342D">
+          <w:p w14:paraId="0ACB4993" w14:textId="77777777" w:rsidR="0081342D" w:rsidRDefault="0019080E" w:rsidP="0081342D">
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="2122106428"/>
                 <w:placeholder>
                   <w:docPart w:val="1F7220D5710F4CA395746F33D48CD7B0"/>
                 </w:placeholder>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0081342D">
                   <w:t>___</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0081342D">
               <w:t xml:space="preserve"> days</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="26A9ACBA" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00BB3368" w:rsidRDefault="0081342D" w:rsidP="0081342D">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="10"/>
@@ -17653,51 +17683,51 @@
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07F82502" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00A44DB7" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1298" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55B06E94" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00A44DB7" w:rsidRDefault="00B23BC3" w:rsidP="0081342D">
+          <w:p w14:paraId="55B06E94" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00A44DB7" w:rsidRDefault="0019080E" w:rsidP="0081342D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="428165272"/>
                 <w:placeholder>
                   <w:docPart w:val="8838D8A911EB4BA0ACBDA23771E1AACA"/>
                 </w:placeholder>
                 <w:date>
                   <w:dateFormat w:val="M/d/yyyy"/>
                   <w:lid w:val="en-US"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -21835,51 +21865,71 @@
         <w:ind w:left="180"/>
         <w:rPr>
           <w:rStyle w:val="MessageHeaderLabel"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00135871">
         <w:rPr>
           <w:rStyle w:val="MessageHeaderLabel"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Alternate bids</w:t>
       </w:r>
       <w:r w:rsidRPr="00135871">
         <w:rPr>
           <w:rStyle w:val="MessageHeaderLabel"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> will be considered on products, which meet or exceed products indicated on quote. If bidding alternate items, please include dietary specifications for the product to include:  CN Label or Product Formulation Statement, and Nutrition Facts. If these dietary specifications are not included, bid will be considered incomplete. </w:t>
+        <w:t xml:space="preserve"> will be considered on products, which meet or exceed products indicated on quote. If bidding alternate items, please include dietary specifications for the product to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00135871">
+        <w:rPr>
+          <w:rStyle w:val="MessageHeaderLabel"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>include:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00135871">
+        <w:rPr>
+          <w:rStyle w:val="MessageHeaderLabel"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  CN Label or Product Formulation Statement, and Nutrition Facts. If these dietary specifications are not included, bid will be considered incomplete. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6291096D" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00135871" w:rsidRDefault="0081342D" w:rsidP="0081342D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="180"/>
         <w:rPr>
           <w:rStyle w:val="MessageHeaderLabel"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00135871">
         <w:rPr>
           <w:rStyle w:val="MessageHeaderLabel"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distributor is to mark clearly alternate proposals. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71237BDA" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00135871" w:rsidRDefault="0081342D" w:rsidP="0081342D">
       <w:pPr>
@@ -21950,51 +22000,50 @@
     </w:p>
     <w:p w14:paraId="3DABE5CF" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00135871" w:rsidRDefault="0081342D" w:rsidP="0081342D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="180"/>
         <w:rPr>
           <w:rStyle w:val="MessageHeaderLabel"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00135871">
         <w:rPr>
           <w:rStyle w:val="MessageHeaderLabel"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Part 3: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="069C016E" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00135871" w:rsidRDefault="0081342D" w:rsidP="0081342D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="180"/>
         <w:rPr>
           <w:rStyle w:val="MessageHeaderLabel"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="175" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
@@ -22015,50 +22064,51 @@
             <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
           </w:tcPr>
           <w:p w14:paraId="29EF9A86" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00135871" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="180"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="MessageHeaderLabel"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="F2F2F2" w:themeColor="background1" w:themeShade="F2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00135871">
               <w:rPr>
                 <w:rStyle w:val="MessageHeaderLabel"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="F2F2F2" w:themeColor="background1" w:themeShade="F2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>A. Description</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
           </w:tcPr>
           <w:p w14:paraId="6807DE0B" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00135871" w:rsidRDefault="0081342D" w:rsidP="0081342D">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="180"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="MessageHeaderLabel"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="F2F2F2" w:themeColor="background1" w:themeShade="F2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00135871">
               <w:rPr>
@@ -22493,51 +22543,51 @@
                   <w:ind w:left="180"/>
                   <w:rPr>
                     <w:rStyle w:val="MessageHeaderLabel"/>
                     <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00135871">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:cs="Arial"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Click here to enter text.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25FF51A4" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00135871" w:rsidRDefault="00B23BC3" w:rsidP="0081342D">
+          <w:p w14:paraId="25FF51A4" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00135871" w:rsidRDefault="0019080E" w:rsidP="0081342D">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="180"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="MessageHeaderLabel"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="MessageHeaderLabel"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="-2099623295"/>
                 <w:placeholder>
                   <w:docPart w:val="D2E9CB7E5AB64D76BC9035C3348AFD7B"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
@@ -24609,51 +24659,51 @@
                   <w:sdtEndPr>
                     <w:rPr>
                       <w:rStyle w:val="MessageHeaderLabel"/>
                     </w:rPr>
                   </w:sdtEndPr>
                   <w:sdtContent>
                     <w:r w:rsidRPr="00135871">
                       <w:rPr>
                         <w:rStyle w:val="PlaceholderText"/>
                         <w:rFonts w:cs="Arial"/>
                         <w:sz w:val="22"/>
                         <w:szCs w:val="22"/>
                       </w:rPr>
                       <w:t>Click here to enter text.</w:t>
                     </w:r>
                   </w:sdtContent>
                 </w:sdt>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2FB3DEC9" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00135871" w:rsidRDefault="00B23BC3" w:rsidP="0081342D">
+          <w:p w14:paraId="2FB3DEC9" w14:textId="77777777" w:rsidR="0081342D" w:rsidRPr="00135871" w:rsidRDefault="0019080E" w:rsidP="0081342D">
             <w:pPr>
               <w:pStyle w:val="BodyText"/>
               <w:ind w:left="180"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="MessageHeaderLabel"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="MessageHeaderLabel"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:id w:val="1938638695"/>
                 <w:placeholder>
                   <w:docPart w:val="C3579E40CF09429889DD9815CFE61368"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
@@ -25215,137 +25265,95 @@
     </w:p>
     <w:p w14:paraId="4D32E41B" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRDefault="004C31D5" w:rsidP="0081342D">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="450"/>
         </w:tabs>
         <w:rPr>
           <w:rStyle w:val="MessageHeaderLabel"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3465C018" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRDefault="004C31D5" w:rsidP="0081342D">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="450"/>
         </w:tabs>
         <w:rPr>
           <w:rStyle w:val="MessageHeaderLabel"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E871BDB" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRDefault="004C31D5" w:rsidP="0081342D">
-[...59 lines deleted...]
-    <w:p w14:paraId="04CF96BE" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="007A680D" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
+    <w:p w14:paraId="41D74BBB" w14:textId="77777777" w:rsidR="006A7D73" w:rsidRDefault="006A7D73" w:rsidP="004C31D5">
       <w:pPr>
         <w:widowControl/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="8" w:space="1" w:color="9AA3AC"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="90"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
+          <w:rStyle w:val="MessageHeaderLabel"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04CF96BE" w14:textId="1D9D97DA" w:rsidR="004C31D5" w:rsidRPr="007A680D" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
+      <w:pPr>
+        <w:widowControl/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="8" w:space="1" w:color="9AA3AC"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="90"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
           <w:rFonts w:ascii="Museo Slab 500" w:eastAsia="Calibri" w:hAnsi="Museo Slab 500" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="5C6670"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Museo Slab 500" w:eastAsia="Calibri" w:hAnsi="Museo Slab 500" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="5C6670"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Formal Procurement Checklist - </w:t>
       </w:r>
       <w:r w:rsidRPr="007A680D">
         <w:rPr>
           <w:rFonts w:ascii="Museo Slab 500" w:eastAsia="Calibri" w:hAnsi="Museo Slab 500" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="5C6670"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t xml:space="preserve">Did the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Museo Slab 500" w:eastAsia="Calibri" w:hAnsi="Museo Slab 500" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="5C6670"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t>LEA</w:t>
       </w:r>
       <w:r w:rsidRPr="007A680D">
         <w:rPr>
           <w:rFonts w:ascii="Museo Slab 500" w:eastAsia="Calibri" w:hAnsi="Museo Slab 500" w:cs="Times New Roman"/>
@@ -25369,51 +25377,50 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A680D">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="MS PGothic" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Forecast product needs </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A93C871" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="00B67634" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B67634">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Cycle menus, velocity reports, and production records are common tools used to forecast product needs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="627D3B9D" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="007A680D" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7964E873" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="00B67634" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:before="120" w:after="60"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="MS PGothic" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -26678,249 +26685,329 @@
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Common legalities</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A40F004" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="0008055D" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0008055D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Required forms and certifications: suspension and debarment, lobbying activities, anti-collusion, etc. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48449C19" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="0008055D" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0008055D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Contract provisions required by 2 CFR 200 appendix II (as applicable):</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B255256" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="0008055D" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0008055D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Termination for cause and convenience- contracts in excess of $10,000</w:t>
+        <w:t xml:space="preserve">Termination for cause and convenience- contracts </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0008055D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in excess of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0008055D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> $10,000</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31D46C42" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="0008055D" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0008055D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Equal Opportunity Employment- ‘federally assisted construction contracts’</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D49F09A" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="0008055D" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0008055D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Davis-Bacon Act- construction contracts in excess of $2,000</w:t>
+        <w:t xml:space="preserve">Davis-Bacon Act- construction contracts </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0008055D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in excess of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0008055D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> $2,000</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58A00881" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="0008055D" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0008055D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Contract Work Hours and Safety Standards- contracts in excess of $100,000 that involve the employment of mechanics or laborers</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Contract Work Hours and Safety Standards- contracts </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0008055D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in excess of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0008055D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> $100,000 that involve the employment of mechanics or laborers</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E731E6C" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="0008055D" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0008055D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Right to inventions made under a contract or agreement- if the contract meets the definition of a ‘funding agreement’ under 37 CFR 401.2 (a)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7162DBBD" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="0008055D" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0008055D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Clean Air Act- contracts in excess of $150,000</w:t>
+        <w:t xml:space="preserve">Clean Air Act- contracts </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0008055D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in excess of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0008055D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> $150,000</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7894DEF0" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="0008055D" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0008055D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Debarment and Suspension- all federally awarded contracts</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02399201" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="0008055D" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0008055D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Byrd Anti-Lobbying Amendment- contracts in excess of $100,000</w:t>
+        <w:t xml:space="preserve">Byrd Anti-Lobbying Amendment- contracts </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0008055D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in excess of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0008055D">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> $100,000</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75A2EABB" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="0008055D" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0008055D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Required provisions for cost reimbursable contracts:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0613F4E3" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="0008055D" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
       <w:pPr>
@@ -27088,51 +27175,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61FE8C4C" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="00B67634" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:before="120" w:after="60"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="MS PGothic" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B67634">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="MS PGothic" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Allow enough time for vendors to respond</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D592210" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="00B67634" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B67634">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Response time may vary depending on the complexity of the solicitation. A minimum of two weeks for IFBs and 30-35 days for RFPs is recommended. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F7CB393" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:before="120" w:after="60"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
@@ -27228,50 +27314,51 @@
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: Did the vendor respond to the IFB or RFP on time and include all required attachments, certifications, etc.?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FEF56E9" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="00333574" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00333574">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Responsible:</w:t>
       </w:r>
       <w:r w:rsidRPr="00333574">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Does the vendor meet the criteria outlined in the solicitation? Do they have a good track record with providing products and services to similar institutions?</w:t>
       </w:r>
       <w:r w:rsidRPr="00333574">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BE61D9B" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="007A680D" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:left="1800" w:hanging="360"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
@@ -27748,51 +27835,50 @@
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Default and breach of contract provisions, remedies, cancellation procedures, and penalties</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AFC54A4" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="0008055D" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:ind w:left="630" w:hanging="270"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0008055D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Required compliance certifications</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D480B7E" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="0008055D" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="41"/>
         </w:numPr>
         <w:ind w:left="630" w:hanging="270"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0008055D">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Contract termination rights for cause and convenience</w:t>
       </w:r>
     </w:p>
@@ -27950,69 +28036,83 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>LEA</w:t>
       </w:r>
       <w:r w:rsidR="004C31D5" w:rsidRPr="00B67634">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">s are responsible for ensuring that vendors are compliant with all terms of the contract. Contract management is ongoing for the duration of the contract. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B969929" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="007A680D" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B7EAB6A" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="00B67634" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
+    <w:p w14:paraId="6DBAC819" w14:textId="77777777" w:rsidR="006A7D73" w:rsidRDefault="006A7D73" w:rsidP="004C31D5">
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:before="120" w:after="60"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="MS PGothic" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B67634">
+    </w:p>
+    <w:p w14:paraId="0B7EAB6A" w14:textId="29C10A74" w:rsidR="004C31D5" w:rsidRPr="00B67634" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
+      <w:pPr>
+        <w:widowControl/>
+        <w:spacing w:before="120" w:after="60"/>
+        <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="MS PGothic" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B67634">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="MS PGothic" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Maintain records</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1582BC2E" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="00B67634" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
       <w:pPr>
         <w:widowControl/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B67634">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00A22700">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS PGothic" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>LEA</w:t>
       </w:r>
@@ -28540,60 +28640,61 @@
     </w:p>
     <w:p w14:paraId="3A586C94" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRDefault="004C31D5" w:rsidP="0081342D">
       <w:pPr>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="450"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6D4A4853" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="00A46D88" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc476215767"/>
+      <w:bookmarkStart w:id="0" w:name="_Toc476215767"/>
       <w:r w:rsidRPr="00A46D88">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>SUSPENSION AND DEBARMENT CERTIFICATION</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="55C57AD5" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="00A46D88" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A46D88">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>UNITED STATES DEPARTMENT OF AGRICULTURE (USDA)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14061FC3" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="00A46D88" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
@@ -28656,51 +28757,67 @@
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A46D88">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">This certification is required by the regulations implementing Executive Order 12549, Debarment and Suspension, Title 2 CFR </w:t>
       </w:r>
       <w:r w:rsidRPr="00A46D88">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Part</w:t>
       </w:r>
       <w:r w:rsidRPr="00A46D88">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 200.212 and Appendix ll of 2 CFR Part 200). The regulations were published as Part IV of the January 30, 1989, </w:t>
+        <w:t xml:space="preserve"> 200.212 and Appendix </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A46D88">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ll</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A46D88">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of 2 CFR Part 200). The regulations were published as Part IV of the January 30, 1989, </w:t>
       </w:r>
       <w:r w:rsidRPr="00A46D88">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Federal Register</w:t>
       </w:r>
       <w:r w:rsidRPr="00A46D88">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (pages 4722-4733).  Copies of the regulations may be obtained by contacting the USDA agency with which this transaction originated.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DA65F2F" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="00A46D88" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
@@ -28944,223 +29061,215 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="08DA0DFA" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="00A46D88" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3056F50E" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="00A46D88" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A46D88">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A46D88">
+        <w:t>____________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1303EDA2" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="00A46D88" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A46D88">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00A46D88">
+        <w:t>Name(s) and Titles of Authorized Representative(s)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18C027A3" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="00A46D88" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Name(s) and Titles of Authorized Representative(s)</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="18C027A3" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="00A46D88" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EBD4C24" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="00A46D88" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1EBD4C24" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="00A46D88" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
+    <w:p w14:paraId="5F1ED632" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="00A46D88" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F1ED632" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="00A46D88" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
+    <w:p w14:paraId="3D0C2331" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="00A46D88" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D0C2331" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="00A46D88" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
+    <w:p w14:paraId="15AEDF47" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="00A46D88" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="00A46D88">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>_______________________________________</w:t>
+      </w:r>
       <w:r w:rsidRPr="00A46D88">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>_______________________________________</w:t>
+        <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A46D88">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-      <w:r w:rsidRPr="00A46D88">
+        <w:t>________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70B85D6A" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="00A46D88" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
+      <w:pPr>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:tab/>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A46D88">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>Signatures</w:t>
+      </w:r>
       <w:r w:rsidRPr="00A46D88">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Signatures</w:t>
+        <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A46D88">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A46D88">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A46D88">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A46D88">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A46D88">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A46D88">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...5 lines deleted...]
-        <w:tab/>
         <w:t>Date</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BE4954E" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="00A46D88" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="00A46D88">
         <w:br w:type="page"/>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="_Toc476215768"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc476215768"/>
       <w:r w:rsidRPr="00A46D88">
         <w:lastRenderedPageBreak/>
         <w:t>INSTRUCTIONS FOR SUSPENSION DEBARMENT CERTIFICATION</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p w14:paraId="3B40BD75" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="00A46D88" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3DB10F8A" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="00A46D88" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4CADF966" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="00A46D88" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
       <w:pPr>
@@ -29177,51 +29286,67 @@
         </w:rPr>
         <w:t>By signing and submitting this form, the prospective lower-tier participant is providing the certification set out on the previous page in accordance with these instructions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="494596D8" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="00A46D88" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0DB8BFAD" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="00A46D88" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A46D88">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>The certification in this clause is a material representation of fact upon which reliance was placed when this transaction was entered into.  If it is later determined that the prospective lower-tier participant knowingly rendered an erroneous certification, in addition to other remedies available to the federal government, the department or agency with which this transaction originated may pursue available remedies, including suspension and/or debarment.</w:t>
+        <w:t xml:space="preserve">The certification in this clause is a material representation of fact upon which reliance was placed when this transaction was </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A46D88">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>entered into</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A46D88">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>.  If it is later determined that the prospective lower-tier participant knowingly rendered an erroneous certification, in addition to other remedies available to the federal government, the department or agency with which this transaction originated may pursue available remedies, including suspension and/or debarment.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="039E1636" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="00A46D88" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="62C6B83B" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="00A46D88" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A46D88">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>The prospective lower-tier participant shall provide immediate written notice to the person to which this proposal is submitted if at any time the prospective lower-tier participant learns that its certification was erroneous when submitted or has become erroneous by reason of changed circumstances.</w:t>
       </w:r>
@@ -29233,210 +29358,268 @@
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3B641752" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="00A46D88" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A46D88">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">The terms </w:t>
       </w:r>
       <w:r w:rsidRPr="00A46D88">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">covered transaction, debarred, suspended, ineligible, lower-tier covered transaction, participant, person, primary covered transaction, principal, proposal, and voluntarily excluded, </w:t>
-[...55 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">covered transaction, debarred, suspended, ineligible, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00A46D88">
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Certification Regarding Debarment, Suspension, Ineligibility, and Voluntary Exclusion – Lower-Tier Covered Transactions, w</w:t>
-      </w:r>
+        <w:t>lower-tier</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00A46D88">
         <w:rPr>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>ithout modification, in all lower-tier covered transactions and in all solicitations for lower-tier covered transactions.</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve"> covered transaction, participant, person, primary covered transaction, principal, proposal, and voluntarily excluded, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A46D88">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:ind w:left="360"/>
+        <w:t>as used in this clause, have the meanings set out in the Definitions and Coverage sections of rules implementing Executive Order 12549.  You may contact the person to which this proposal is submitted for assistance in obtaining a copy of those regulations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09DF6B73" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="00A46D88" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
+      <w:pPr>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A46D88">
+    </w:p>
+    <w:p w14:paraId="5B29D944" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="00A46D88" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
+      <w:pPr>
+        <w:ind w:left="360"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>A participant in a covered transaction may rely upon a certification of a prospective participant in a lower-tier covered transaction that is not debarred, suspended, ineligible, or voluntarily excluded from the covered transaction, unless it knows that the certification is erroneous.  A participant may decide the method and frequency by which it determines the eligibility of its principles.  Each participant may, but is not required to, check the Nonprocurement List.</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A46D88">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:ind w:left="360"/>
+        <w:t>The prospective lower-tier participant agrees by submitting this form that, should the proposed covered transaction be entered into, it shall not knowingly enter into any lower-tier covered transaction with a person who is debarred, suspended, declared ineligible, or voluntarily excluded from participation in this covered transaction, unless authorized by the department or agency with which this transaction originated.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F80F246" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="00A46D88" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
+      <w:pPr>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A46D88">
+    </w:p>
+    <w:p w14:paraId="40DB48D6" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="00A46D88" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
+      <w:pPr>
+        <w:ind w:left="360"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Nothing contained in the foregoing shall be construed to require establishment of a system of records in order to render in good faith the certification required by this clause.  The knowledge and information of a participant are not required to exceed that which is normally possessed by a prudent person in the ordinary course of business dealings.</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00A46D88">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The prospective lower-tier participant further agrees by submitting this form that he or she will include this clause titled </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A46D88">
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Certification Regarding Debarment, Suspension, Ineligibility, and Voluntary Exclusion – Lower-Tier Covered Transactions, w</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A46D88">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ithout modification, in all lower-tier covered transactions and in all solicitations for lower-tier covered transactions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="378618AD" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="00A46D88" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E6D8402" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="00A46D88" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A46D88">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A participant in a covered transaction may rely upon a certification of a prospective participant in a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A46D88">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>lower-tier</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A46D88">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> covered transaction that is not debarred, suspended, ineligible, or voluntarily excluded from the covered transaction, unless it knows that the certification is erroneous.  A participant may decide the method and frequency by which it determines the eligibility of its principles.  Each participant may, but is not required to, check the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A46D88">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Nonprocurement</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A46D88">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> List.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A6E0E6E" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="00A46D88" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B2C534D" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="00A46D88" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A46D88">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nothing contained in the foregoing shall be construed to require establishment of a system of records </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A46D88">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A46D88">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> render in good faith the certification required by this clause.  The knowledge and information of a participant are not required to exceed that which is normally possessed by a prudent person in the ordinary course of business dealings.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E84736F" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="00A46D88" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1A4D4796" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="00A46D88" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
       <w:pPr>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:sectPr w:rsidR="004C31D5" w:rsidRPr="00A46D88">
           <w:footnotePr>
             <w:numRestart w:val="eachPage"/>
           </w:footnotePr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="00A46D88">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Except for transactions authorized under paragraph 5 of these instructions, if a participant in a covered transaction knowingly enters into a lower-tier covered transaction with a person who is suspended, debarred, ineligible, or voluntarily excluded from participation in this transaction, in addition to other remedies available to the federal government, the department or </w:t>
-[...7 lines deleted...]
-        <w:t>agency with which this transaction originated may pursue available remedies, including suspension and/or debarment</w:t>
+        <w:t>Except for transactions authorized under paragraph 5 of these instructions, if a participant in a covered transaction knowingly enters into a lower-tier covered transaction with a person who is suspended, debarred, ineligible, or voluntarily excluded from participation in this transaction, in addition to other remedies available to the federal government, the department or agency with which this transaction originated may pursue available remedies, including suspension and/or debarment</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21C00C4D" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="00A46D88" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A46D88">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>LOBBYING CERTIFICATION</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FA4B266" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="00A46D88" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
@@ -29481,97 +29664,97 @@
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5943600" cy="571500"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="32B6FA78" w14:textId="77777777" w:rsidR="008D38C9" w:rsidRDefault="008D38C9" w:rsidP="004C31D5">
+                          <w:p w14:paraId="32B6FA78" w14:textId="77777777" w:rsidR="00F17B34" w:rsidRDefault="00F17B34" w:rsidP="004C31D5">
                             <w:pPr>
                               <w:pStyle w:val="FootnoteText"/>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Applicable to Grants, Sub grants, </w:t>
                             </w:r>
                             <w:r>
                               <w:t xml:space="preserve">Cooperative Agreements, and Contracts Exceeding </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00C56980">
                               <w:t>$100,000</w:t>
                             </w:r>
                             <w:r>
                               <w:t xml:space="preserve"> in federal funds.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex">
+          <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="14D628C6" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 34" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:5.5pt;width:468pt;height:45pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC4f2ReKQIAAFEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vjhJ47Qx4hRdugwD&#10;ugvQ7gNkWbaFSaImKbG7ry8lp2l2exnmB4EUqUPykPT6etCKHITzEkxJZ5MpJcJwqKVpS/r1Yffm&#10;ihIfmKmZAiNK+ig8vd68frXubSHm0IGqhSMIYnzR25J2IdgiyzzvhGZ+AlYYNDbgNAuoujarHesR&#10;XatsPp0usx5cbR1w4T3e3o5Gukn4TSN4+Nw0XgSiSoq5hXS6dFbxzDZrVrSO2U7yYxrsH7LQTBoM&#10;eoK6ZYGRvZO/QWnJHXhowoSDzqBpJBepBqxmNv2lmvuOWZFqQXK8PdHk/x8s/3T44oisS7qkxDCN&#10;LXoQQyBvYSAXi0hPb32BXvcW/cKA99jmVKq3d8C/eWJg2zHTihvnoO8EqzG9WXyZnT0dcXwEqfqP&#10;UGMctg+QgIbG6cgdskEQHdv0eGpNzIXjZb5aXCynaOJoyy9nOcoxBCueX1vnw3sBmkShpA5bn9DZ&#10;4c6H0fXZJQbzoGS9k0olxbXVVjlyYDgmu/Qd0X9yU4b0JV3l83wk4K8Q0/T9CULLgPOupC7p1cmJ&#10;FZG2d6bGNFkRmFSjjNUpc+QxUjeSGIZqQMdIbgX1IzLqYJxr3EMUOnA/KOlxpkvqv++ZE5SoDwa7&#10;spotFnEJkrLIL+eouHNLdW5hhiNUSQMlo7gN4+LsrZNth5HGOTBwg51sZCL5Jatj3ji3qU3HHYuL&#10;ca4nr5c/weYJAAD//wMAUEsDBBQABgAIAAAAIQA4+uxG3AAAAAcBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI9BT8MwDIXvSPyHyJO4IJaOobJ1TSeEBILbNhBcs8ZrKxKnJFlX/j3mxE6237OeP5fr0Vkx&#10;YIidJwWzaQYCqfamo0bB+9vTzQJETJqMtp5QwQ9GWFeXF6UujD/RFoddagSHUCy0gjalvpAy1i06&#10;Hae+R2Lv4IPTicfQSBP0icOdlbdZlkunO+ILre7xscX6a3d0ChZ3L8NnfJ1vPur8YJfp+n54/g5K&#10;XU3GhxWIhGP6X4Y/fEaHipn2/kgmCquAH0mszriyu5zn3OxZyFiRVSnP+atfAAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhALh/ZF4pAgAAUQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhADj67EbcAAAABwEAAA8AAAAAAAAAAAAAAAAAgwQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACMBQAAAAA=&#10;">
+              <v:shape id="Text Box 34" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:5.5pt;width:468pt;height:45pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD4cVFfFAIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjJkrYx4hRdugwD&#10;ugvQ7QNkWbaFyaJGKbG7ry8lp2l2exnmB4E0qUPy8Gh9PXSGHRR6Dbbgs8mUM2UlVNo2Bf/6Zffq&#10;ijMfhK2EAasK/qA8v968fLHuXa7m0IKpFDICsT7vXcHbEFyeZV62qhN+Ak5ZCtaAnQjkYpNVKHpC&#10;70w2n04vsh6wcghSeU9/b8cg3yT8ulYyfKprrwIzBafeQjoxnWU8s81a5A0K12p5bEP8Qxed0JaK&#10;nqBuRRBsj/o3qE5LBA91mEjoMqhrLVWagaaZTX+Z5r4VTqVZiBzvTjT5/wcrPx7u3WdkYXgDAy0w&#10;DeHdHchvnlnYtsI26gYR+laJigrPImVZ73x+vBqp9rmPIGX/ASpastgHSEBDjV1kheZkhE4LeDiR&#10;robAJP1crhavL6YUkhRbXs6WZMcSIn+67dCHdwo6Fo2CIy01oYvDnQ9j6lNKLObB6GqnjUkONuXW&#10;IDsIEsAufUf0n9KMZX3BV8v5ciTgrxDT9P0JotOBlGx0V/CrU5LII21vbZV0FoQ2o03TGXvkMVI3&#10;khiGcqDEyGcJ1QMxijAqll4YGS3gD856UmvB/fe9QMWZeW9pK6vZYhHlnZzF8nJODp5HyvOIsJKg&#10;Ch44G81tGJ/E3qFuWqo06sDCDW2y1onk566OfZMi05qOrydK/txPWc9vfPMIAAD//wMAUEsDBBQA&#10;BgAIAAAAIQA4+uxG3AAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyJO4IJaO&#10;obJ1TSeEBILbNhBcs8ZrKxKnJFlX/j3mxE6237OeP5fr0VkxYIidJwWzaQYCqfamo0bB+9vTzQJE&#10;TJqMtp5QwQ9GWFeXF6UujD/RFoddagSHUCy0gjalvpAy1i06Hae+R2Lv4IPTicfQSBP0icOdlbdZ&#10;lkunO+ILre7xscX6a3d0ChZ3L8NnfJ1vPur8YJfp+n54/g5KXU3GhxWIhGP6X4Y/fEaHipn2/kgm&#10;CquAH0mszriyu5zn3OxZyFiRVSnP+atfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPhx&#10;UV8UAgAAKwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj67EbcAAAABwEAAA8AAAAAAAAAAAAAAAAAbgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="32B6FA78" w14:textId="77777777" w:rsidR="008D38C9" w:rsidRDefault="008D38C9" w:rsidP="004C31D5">
+                    <w:p w14:paraId="32B6FA78" w14:textId="77777777" w:rsidR="00F17B34" w:rsidRDefault="00F17B34" w:rsidP="004C31D5">
                       <w:pPr>
                         <w:pStyle w:val="FootnoteText"/>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Applicable to Grants, Sub grants, </w:t>
                       </w:r>
                       <w:r>
                         <w:t xml:space="preserve">Cooperative Agreements, and Contracts Exceeding </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00C56980">
                         <w:t>$100,000</w:t>
                       </w:r>
                       <w:r>
                         <w:t xml:space="preserve"> in federal funds.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
@@ -29600,51 +29783,67 @@
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="759D8050" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="00A46D88" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="365067E9" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="00A46D88" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A46D88">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Submission of this certification is a prerequisite for making or entering into this transaction and is imposed by Section 1352, Title 31, and U.S. Code.  This certification is a material representation of fact upon which reliance was placed when this transaction was made or entered into.  Any person who fails to file the required certification shall be subject to a civil penalty of not less than $10,000 and not more than $100,000 for each such failure.</w:t>
+        <w:t xml:space="preserve">Submission of this certification is a prerequisite for making or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A46D88">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>entering into</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A46D88">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> this transaction and is imposed by Section 1352, Title 31, and U.S. Code.  This certification is a material representation of fact upon which reliance was placed when this transaction was made or entered into.  Any person who fails to file the required certification shall be subject to a civil penalty of not less than $10,000 and not more than $100,000 for each such failure.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45AF3062" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="00A46D88" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6CDFF82A" w14:textId="77777777" w:rsidR="004C31D5" w:rsidRPr="00A46D88" w:rsidRDefault="004C31D5" w:rsidP="004C31D5">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A46D88">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>The undersigned certifies, to the best of his or her knowledge and belief, that:</w:t>
@@ -30176,50 +30375,51 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="201" w:lineRule="atLeast"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="2D2B38"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C001F5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="2D2B38"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Required Contract Provisions </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50500D37" w14:textId="77777777" w:rsidR="00A22700" w:rsidRPr="00150CC5" w:rsidRDefault="00A22700" w:rsidP="00A22700">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="2D2B38"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A17DD09" w14:textId="77777777" w:rsidR="00A22700" w:rsidRDefault="00A22700" w:rsidP="00A22700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="49"/>
         </w:numPr>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="2D2B38"/>
@@ -30358,51 +30558,73 @@
           <w:b/>
           <w:color w:val="2D2B38"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">All </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="2D2B38"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF6CEA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="2D2B38"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>s in excess of $10,000</w:t>
+        <w:t xml:space="preserve">s </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DF6CEA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="2D2B38"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in excess of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DF6CEA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="2D2B38"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> $10,000</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF6CEA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="2D2B38"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> must address:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E736949" w14:textId="77777777" w:rsidR="00A22700" w:rsidRPr="00DF6CEA" w:rsidRDefault="00A22700" w:rsidP="00A22700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="2D2B38"/>
           <w:sz w:val="24"/>
@@ -30421,69 +30643,89 @@
     </w:p>
     <w:p w14:paraId="2C9B192C" w14:textId="77777777" w:rsidR="00A22700" w:rsidRPr="00DF6CEA" w:rsidRDefault="00A22700" w:rsidP="00A22700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="46"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="2D2B38"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF6CEA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="2D2B38"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">The manner </w:t>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DF6CEA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="2D2B38"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">manner </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="2D2B38"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF6CEA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="2D2B38"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> which it will be affected and the basis for settlement.</w:t>
+        <w:t xml:space="preserve"> which</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DF6CEA">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="2D2B38"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> it will be affected and the basis for settlement.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55216601" w14:textId="77777777" w:rsidR="00A22700" w:rsidRDefault="00A22700" w:rsidP="00A22700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="2D2B38"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7D5316F7" w14:textId="77777777" w:rsidR="00A22700" w:rsidRDefault="00A22700" w:rsidP="00A22700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="2D2B38"/>
@@ -30763,61 +31005,51 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Except as otherwise provided under 41 CFR Part 60, all contracts that meet the definition of </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF6CEA">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“federally assisted construction contract”</w:t>
       </w:r>
       <w:r w:rsidRPr="00BE42FC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in 41 CFR Part 60-1.3 must include the equal opportunity clause provided under 41 CFR 60-1.4(b), in accordance with Executive Order 11246, “Equal Employment Opportunity” (30 </w:t>
-[...9 lines deleted...]
-        <w:t>FR 12319, 12935, 3 CFR Part, 1964-1965 Comp., p. 339), as amended by Executive Order 11375, “Amending Executive Order 11246 Relating to Equal Employment Opportunity,” and implementing regulations at 41 CFR part 60, “Office of Federal Contract Compliance Programs, Equal Employment Opportunity, Department of Labor.”</w:t>
+        <w:t xml:space="preserve"> in 41 CFR Part 60-1.3 must include the equal opportunity clause provided under 41 CFR 60-1.4(b), in accordance with Executive Order 11246, “Equal Employment Opportunity” (30 FR 12319, 12935, 3 CFR Part, 1964-1965 Comp., p. 339), as amended by Executive Order 11375, “Amending Executive Order 11246 Relating to Equal Employment Opportunity,” and implementing regulations at 41 CFR part 60, “Office of Federal Contract Compliance Programs, Equal Employment Opportunity, Department of Labor.”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30F2E4A4" w14:textId="77777777" w:rsidR="00A22700" w:rsidRDefault="00A22700" w:rsidP="00A22700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="713A24A4" w14:textId="77777777" w:rsidR="00A22700" w:rsidRPr="00DF6CEA" w:rsidRDefault="00A22700" w:rsidP="00A22700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
@@ -30827,51 +31059,61 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF6CEA">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Federally assisted construction contract</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF6CEA">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t> means any agreement or modification thereof between any applicant and a person for construction work which is paid for in whole or in part with funds obtained from the U.S. Government or borrowed on the credit of the U.S. Government pursuant to any federal program involving a grant, contract, loan, insurance, or guarantee, or undertaken pursuant to any federal program involving such grant, contract, loan, insurance, or guarantee, or any application or modification thereof approved by the U.S. Government for a grant, contract, loan, insurance, or guarantee under which the applicant itself participates in the construction work.</w:t>
+        <w:t xml:space="preserve"> means any agreement or modification thereof between any applicant and a person for construction work which is paid </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF6CEA">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:color w:val="211D1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>for in whole or in part with funds obtained from the U.S. Government or borrowed on the credit of the U.S. Government pursuant to any federal program involving a grant, contract, loan, insurance, or guarantee, or undertaken pursuant to any federal program involving such grant, contract, loan, insurance, or guarantee, or any application or modification thereof approved by the U.S. Government for a grant, contract, loan, insurance, or guarantee under which the applicant itself participates in the construction work.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E9CA934" w14:textId="77777777" w:rsidR="00A22700" w:rsidRPr="00DF6CEA" w:rsidRDefault="00A22700" w:rsidP="00A22700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:color w:val="211D1E"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF6CEA">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:i/>
           <w:color w:val="211D1E"/>
@@ -30942,51 +31184,71 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall include the following sample language in solicitations as applicable:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="575F8A24" w14:textId="77777777" w:rsidR="00A22700" w:rsidRDefault="00A22700" w:rsidP="00A22700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="2D2B38"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00303CB5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="2D2B38"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">The vendor certifies it is an Equal Opportunity Employer, a provider of services and/or assistance, and is in compliance with the 1964 Civil Rights Act, Title IX of the Education Amendments of 1972, Section 504 of the Rehabilitation Act of 1973, as amended, and Executive Orders 11246 and 11375. The vendor assures compliance with the Americans with Disabilities Act of 1990 (Public Law 101-336), all amendments to, and all requirements imposed by the regulations issued pursuant. </w:t>
+        <w:t xml:space="preserve">The vendor certifies it is an Equal Opportunity Employer, a provider of services and/or assistance, and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00303CB5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="2D2B38"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>is in compliance with</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00303CB5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="2D2B38"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the 1964 Civil Rights Act, Title IX of the Education Amendments of 1972, Section 504 of the Rehabilitation Act of 1973, as amended, and Executive Orders 11246 and 11375. The vendor assures compliance with the Americans with Disabilities Act of 1990 (Public Law 101-336), all amendments to, and all requirements imposed by the regulations issued pursuant. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07435D66" w14:textId="77777777" w:rsidR="00A22700" w:rsidRPr="00505927" w:rsidRDefault="00A22700" w:rsidP="00A22700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="2D2B38"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3E62CF1F" w14:textId="77777777" w:rsidR="00A22700" w:rsidRDefault="00A22700" w:rsidP="00A22700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="49"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="120"/>
@@ -31018,70 +31280,82 @@
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="2D2B38"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00303CB5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="2D2B38"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">When required by Federal program legislation, all </w:t>
       </w:r>
       <w:r w:rsidRPr="00303CB5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="2D2B38"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>prime construction contracts in excess of $2,000</w:t>
-      </w:r>
+        <w:t xml:space="preserve">prime construction contracts </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00303CB5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
           <w:color w:val="2D2B38"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> awarded by non-Federal entities must include a provision for compliance with the Davis-Bacon Act (40 U.S.C. 3141-3144, and 3146-3148) as supplemented by Department of Labor regulations (29 CFR Part 5, “Labor Standards Provisions Applicable to Contracts Covering Federally Financed and Assisted Construction”). In accordance with the statute, contractors must be required to pay wages to laborers and mechanics at a rate not less </w:t>
-      </w:r>
+        <w:t>in excess of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00303CB5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
           <w:color w:val="2D2B38"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">than the prevailing wages specified in a wage determination made by the Secretary of Labor. </w:t>
+        <w:t xml:space="preserve"> $2,000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00303CB5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="2D2B38"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> awarded by non-Federal entities must include a provision for compliance with the Davis-Bacon Act (40 U.S.C. 3141-3144, and 3146-3148) as supplemented by Department of Labor regulations (29 CFR Part 5, “Labor Standards Provisions Applicable to Contracts Covering Federally Financed and Assisted Construction”). In accordance with the statute, contractors must be required to pay wages to laborers and mechanics at a rate not less than the prevailing wages specified in a wage determination made by the Secretary of Labor. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68E3FEA8" w14:textId="77777777" w:rsidR="00A22700" w:rsidRPr="00303CB5" w:rsidRDefault="00A22700" w:rsidP="00A22700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="2D2B38"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00303CB5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="2D2B38"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -31228,51 +31502,61 @@
       <w:r w:rsidRPr="00303CB5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="2D2B38"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The Act provides that each contractor or </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="2D2B38"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sub-</w:t>
       </w:r>
       <w:r w:rsidRPr="00303CB5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="2D2B38"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">recipient must be prohibited from inducing, by any means, any person employed in the construction, completion, or repair of public work, to give up any part of the compensation to which he or she is otherwise entitled. </w:t>
+        <w:t xml:space="preserve">recipient must be prohibited from inducing, by any means, any person employed in the construction, completion, or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00303CB5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="2D2B38"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">repair of public work, to give up any part of the compensation to which he or she is otherwise entitled. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D748517" w14:textId="77777777" w:rsidR="00A22700" w:rsidRDefault="00A22700" w:rsidP="00A22700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="2D2B38"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00303CB5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="2D2B38"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -31325,88 +31609,149 @@
         </w:rPr>
         <w:t xml:space="preserve">Contract Work Hours and Safety Standards Act  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="707C749C" w14:textId="77777777" w:rsidR="00A22700" w:rsidRDefault="00A22700" w:rsidP="00A22700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="2D2B38"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00303CB5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="2D2B38"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Where applicable, all contracts awarded by the nonfederal entity in </w:t>
+        <w:t xml:space="preserve">Where applicable, all contracts awarded by the nonfederal entity </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00303CB5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="2D2B38"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in </w:t>
       </w:r>
       <w:r w:rsidRPr="00303CB5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="2D2B38"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>excess of $100,000 that involve the employment of mechanics or laborers</w:t>
-      </w:r>
+        <w:t>excess of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00303CB5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
           <w:color w:val="2D2B38"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve"> $100,000 that involve the employment of mechanics or laborers</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00303CB5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="2D2B38"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> must include a provision for compliance with 70 U.S.C. 3702 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="2D2B38"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and 3704, as supplemented by De</w:t>
       </w:r>
       <w:r w:rsidRPr="00303CB5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="2D2B38"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">partment of Labor regulations (29 CFR Part 5). Under 40 U.S.C. 3702 of the Act, each contractor must be required to compute the wages of every mechanic and laborer on the basis of a standard work week of 40 hours. Work in excess of the standard work week is permissible provided that the worker is compensated at a rate of not less than one and a half times the basic rate of pay for all hours worked in excess of 40 hours in the work week. The requirements of 40 U.S.C. 3704 are applicable to construction work and provide that no laborer or mechanic must be required to work in surroundings or under working conditions which are unsanitary, hazardous, or dangerous. These requirements do not apply to the purchases of supplies or materials or articles ordinarily available on the open market or contracts for transportation or transmission of intelligence. </w:t>
+        <w:t xml:space="preserve">partment of Labor regulations (29 CFR Part 5). Under 40 U.S.C. 3702 of the Act, each contractor must be required to compute the wages of every mechanic and laborer </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00303CB5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="2D2B38"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>on the basis of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00303CB5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="2D2B38"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a standard work week of 40 hours. Work </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00303CB5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="2D2B38"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in excess of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00303CB5">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="2D2B38"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the standard work week is permissible provided that the worker is compensated at a rate of not less than one and a half times the basic rate of pay for all hours worked in excess of 40 hours in the work week. The requirements of 40 U.S.C. 3704 are applicable to construction work and provide that no laborer or mechanic must be required to work in surroundings or under working conditions which are unsanitary, hazardous, or dangerous. These requirements do not apply to the purchases of supplies or materials or articles ordinarily available on the open market or contracts for transportation or transmission of intelligence. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71927849" w14:textId="77777777" w:rsidR="00A22700" w:rsidRDefault="00A22700" w:rsidP="00A22700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="2D2B38"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1B1D6CDA" w14:textId="77777777" w:rsidR="00A22700" w:rsidRPr="00303CB5" w:rsidRDefault="00A22700" w:rsidP="00A22700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="47"/>
         </w:numPr>
@@ -31438,51 +31783,50 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> This chapter applies to all laborers and mechanics employed by a contractor or subcontractor in the performance of any part of the work under the contract—</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52E5A310" w14:textId="77777777" w:rsidR="00A22700" w:rsidRPr="00303CB5" w:rsidRDefault="00A22700" w:rsidP="00A22700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="2D2B38"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00303CB5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="2D2B38"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">(A) including watchmen, guards, and workers performing services in connection with dredging or rock excavation in any river or harbor of the U.S., a territory, or the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="2D2B38"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>LEA</w:t>
       </w:r>
       <w:r w:rsidRPr="00303CB5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="2D2B38"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of Columbia; but</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EAD7BAC" w14:textId="77777777" w:rsidR="00A22700" w:rsidRPr="00026F60" w:rsidRDefault="00A22700" w:rsidP="00A22700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -31989,51 +32333,60 @@
         <w:t xml:space="preserve">Regulation </w:t>
       </w:r>
       <w:r w:rsidRPr="00150CC5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(40 CFR §</w:t>
       </w:r>
       <w:r w:rsidRPr="00150CC5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="56525D"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00150CC5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>5), which prohibit the use of nonexempt</w:t>
+        <w:t xml:space="preserve">5), which prohibit </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00150CC5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>the use of nonexempt</w:t>
       </w:r>
       <w:r w:rsidRPr="00150CC5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:spacing w:val="43"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00150CC5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>federal</w:t>
       </w:r>
       <w:r w:rsidRPr="00150CC5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:w w:val="97"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -32876,52 +33229,69 @@
       </w:r>
       <w:r w:rsidRPr="00504F57">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> will use the following sample language when adding a clause to a solicitation/contract with a vendor:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A2B421D" w14:textId="77777777" w:rsidR="00A22700" w:rsidRPr="00504F57" w:rsidRDefault="00A22700" w:rsidP="00A22700">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00504F57">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>The Vendor certifies that neither the Vendor or its principals; the sub-recipients or their principals; or the subcontractors or their principals are suspended, debarred, proposed for debarment, voluntarily excluded from covered transactions, or otherwise disqualified by any federal department or agency from doing business with the Federal government pursuant to Executive Orders 12549 and 12689. The Vendor specifically covenants that neither the Vendor nor its principals; the subcontractors or their principals; norm the sub-recipients or their principals are included on the Excluded Parties List System ("EPLS") maintained by the General Services Administration ("GSA").  By responding to this solicitation the Vendor is certifying they are in “Good Standing”.</w:t>
+        <w:t xml:space="preserve">The Vendor certifies that neither the Vendor or its principals; the sub-recipients or their principals; or the subcontractors or their principals are suspended, debarred, proposed for debarment, voluntarily excluded from covered transactions, or otherwise disqualified by any federal department or agency from doing business with the Federal government pursuant to Executive Orders 12549 and 12689. The Vendor specifically covenants that neither the Vendor nor its principals; the subcontractors or their principals; norm the sub-recipients or their principals are included on the Excluded Parties List System ("EPLS") maintained by the General Services Administration ("GSA").  By responding to this </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00504F57">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>solicitation</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00504F57">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Vendor is certifying they are in “Good Standing”.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38941107" w14:textId="77777777" w:rsidR="00A22700" w:rsidRPr="00505927" w:rsidRDefault="00A22700" w:rsidP="00A22700">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="2D2B38"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="235DFFC1" w14:textId="77777777" w:rsidR="00A22700" w:rsidRPr="00236187" w:rsidRDefault="00A22700" w:rsidP="00A22700">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="49"/>
         </w:numPr>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="2D2B38"/>
@@ -33016,148 +33386,182 @@
         <w:t xml:space="preserve"> J.   </w:t>
       </w:r>
       <w:r w:rsidRPr="005D46B4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Assurance Clause</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E922507" w14:textId="77777777" w:rsidR="005D46B4" w:rsidRPr="005D46B4" w:rsidRDefault="005D46B4" w:rsidP="005D46B4">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D46B4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>"The program applicant hereby agrees that it will comply with Title VI of the Civil Rights Act of 1964 (42 U.S.C. § 2000d et seq.), Title IX of the Education Amendments of 1972 (20 U.S.C. § 1681 et seq.), Section 504 of the Rehabilitation Act of 1973 (29 U.S.C. § 794), the Age Discrimination Act of 1975 (42 U.S.C. § 6101 et seq.); all provisions required by the implementing regulations of the Department of Agriculture; Department of Justice Enforcement Guidelines, 28 CFR Part SO.3 and 42; and FNS directives and guidelines, to the effect that, no person shall, on the grounds of race, color, national origin, sex, age, or disability, be excluded from participation in, be denied benefits of, or otherwise be subject to discrimination under any program or activity for which the program applicant receives Federal financial assistance from FNS; and hereby gives assurance that it will immediately take measures necessary to effectuate this agreement.”</w:t>
+        <w:t xml:space="preserve">"The program applicant hereby agrees that it will comply with Title VI of the Civil Rights Act of 1964 (42 U.S.C. § 2000d et seq.), Title IX of the Education Amendments of 1972 (20 U.S.C. § 1681 et seq.), Section 504 of the Rehabilitation Act of 1973 (29 U.S.C. § 794), the Age Discrimination Act of 1975 (42 U.S.C. § 6101 et seq.); all provisions required by the implementing regulations of the Department of Agriculture; Department of Justice Enforcement Guidelines, 28 CFR Part SO.3 and 42; and FNS directives and guidelines, to the effect that, no person shall, on the grounds of race, color, national origin, sex, age, or disability, be excluded from participation in, be denied benefits of, or otherwise be subject to discrimination under any </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D46B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>program or activity for which the program applicant receives Federal financial assistance from FNS; and hereby gives assurance that it will immediately take measures necessary to effectuate this agreement.”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27A3653F" w14:textId="77777777" w:rsidR="005D46B4" w:rsidRPr="005D46B4" w:rsidRDefault="005D46B4" w:rsidP="005D46B4">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="426FE459" w14:textId="77777777" w:rsidR="005D46B4" w:rsidRPr="005D46B4" w:rsidRDefault="005D46B4" w:rsidP="005D46B4">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D46B4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>“By accepting this assurance, the Program applicant agrees to compile data, maintain records, and submit reports as required, to permit effective enforcement of nondiscrimination laws and permit authorized USDA personnel during hours of program operation to review such records, books, and accounts as needed to ascertain compliance with the nondiscrimination laws. If there are any violations of this assurance, the Department of Agriculture, FNS, shall have the right to seek judicial enforcement of this assurance. This assurance is binding on the Program applicant, its successors, transferees, and assignees as long as it receives assistance or retains possession of any assistance from USDA. The person or persons whose signatures appear below are authorized to sign this assurance on the behalf of the Program applicant.”</w:t>
+        <w:t xml:space="preserve">“By accepting this assurance, the Program applicant agrees to compile data, maintain records, and submit reports as required, to permit effective enforcement of nondiscrimination laws and permit authorized USDA personnel during hours of program operation to review such records, books, and accounts as needed to ascertain compliance with the nondiscrimination laws. If there are any violations of this assurance, the Department of Agriculture, FNS, shall have the right to seek judicial enforcement of this assurance. This assurance is binding on the Program applicant, its successors, transferees, and assignees </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005D46B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>as long as</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005D46B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> it receives assistance or retains possession of any assistance from USDA. The person or persons whose signatures appear below are authorized to sign this assurance on the behalf of the Program applicant.”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59980897" w14:textId="77777777" w:rsidR="005D46B4" w:rsidRPr="005D46B4" w:rsidRDefault="005D46B4" w:rsidP="005D46B4">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="388E7607" w14:textId="77777777" w:rsidR="005D46B4" w:rsidRPr="005D46B4" w:rsidRDefault="005D46B4" w:rsidP="005D46B4">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D46B4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>In accordance with Federal civil rights law and U.S. Department of Agriculture (USDA) civil rights regulations and policies, the USDA, its Agencies, offices, and employees, and institutions participating in or administering USDA programs are prohibited from discriminating based on race, color, national origin, sex, disability, age, or reprisal or retaliation for prior civil rights activity in any program or activity conducted or funded by USDA.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C52B6F8" w14:textId="77777777" w:rsidR="005D46B4" w:rsidRPr="005D46B4" w:rsidRDefault="005D46B4" w:rsidP="005D46B4">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1C422C6D" w14:textId="77777777" w:rsidR="005D46B4" w:rsidRPr="005D46B4" w:rsidRDefault="005D46B4" w:rsidP="005D46B4">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D46B4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Persons with disabilities who require alternative means of communication for program information (e.g. Braille, large print, audiotape, American Sign Language, etc.), should contact the Agency (State or local) where they applied for benefits. Individuals who are deaf, hard of hearing or have speech disabilities may contact USDA through the Federal Relay Service at (800) 877-8339. Additionally, program information may be made available in languages other than English.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31AF0D64" w14:textId="77777777" w:rsidR="005D46B4" w:rsidRPr="005D46B4" w:rsidRDefault="005D46B4" w:rsidP="005D46B4">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="23A18D39" w14:textId="77777777" w:rsidR="005D46B4" w:rsidRPr="005D46B4" w:rsidRDefault="005D46B4" w:rsidP="005D46B4">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D46B4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>To file a program complaint of discrimination, complete the USDA Program Discrimination Complaint Form, (AD-3027) found online at: http://www.ascr.usda.gov/complaint_filing_cust.html, and at any USDA office, or write a letter addressed to USDA and provide in the letter all of the information requested in the form. To request a copy of the complaint form, call (866) 632-9992. Submit your completed form or letter to USDA by:</w:t>
+        <w:t xml:space="preserve">To file a program complaint of discrimination, complete the USDA Program Discrimination Complaint Form, (AD-3027) found online at: http://www.ascr.usda.gov/complaint_filing_cust.html, and at any USDA office, or write a letter addressed to USDA and provide in the letter </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005D46B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>all of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005D46B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the information requested in the form. To request a copy of the complaint form, call (866) 632-9992. Submit your completed form or letter to USDA by:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07B379A9" w14:textId="77777777" w:rsidR="005D46B4" w:rsidRPr="005D46B4" w:rsidRDefault="005D46B4" w:rsidP="005D46B4">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0B4EF37B" w14:textId="77777777" w:rsidR="005D46B4" w:rsidRPr="005D46B4" w:rsidRDefault="005D46B4" w:rsidP="005D46B4">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D46B4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>(1) mail: U.S. Department of Agriculture</w:t>
       </w:r>
@@ -33182,52 +33586,60 @@
         <w:widowControl/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D46B4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>1400 Independence Avenue, SW</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EE84852" w14:textId="77777777" w:rsidR="005D46B4" w:rsidRPr="005D46B4" w:rsidRDefault="005D46B4" w:rsidP="005D46B4">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D46B4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Washington, D.C. 20250-9410;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Washington, D.C. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005D46B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>20250-9410;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="102B4F4E" w14:textId="77777777" w:rsidR="005D46B4" w:rsidRPr="005D46B4" w:rsidRDefault="005D46B4" w:rsidP="005D46B4">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="688E0AD2" w14:textId="77777777" w:rsidR="005D46B4" w:rsidRPr="005D46B4" w:rsidRDefault="005D46B4" w:rsidP="005D46B4">
       <w:pPr>
         <w:widowControl/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D46B4">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>(2) fax: (202) 690-7442; or</w:t>
       </w:r>
     </w:p>
@@ -33309,314 +33721,314 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="49"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:color w:val="2D2B38"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="005D46B4" w:rsidRPr="005D46B4">
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="32670D2F" w14:textId="77777777" w:rsidR="0048578D" w:rsidRDefault="0048578D" w:rsidP="00324E0B">
+    <w:p w14:paraId="32670D2F" w14:textId="77777777" w:rsidR="00F17B34" w:rsidRDefault="00F17B34" w:rsidP="00324E0B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3DC72292" w14:textId="77777777" w:rsidR="0048578D" w:rsidRDefault="0048578D" w:rsidP="00324E0B">
+    <w:p w14:paraId="3DC72292" w14:textId="77777777" w:rsidR="00F17B34" w:rsidRDefault="00F17B34" w:rsidP="00324E0B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calisto MT">
     <w:panose1 w:val="02040603050505030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Museo Slab 500">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00000AF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Trebuchet MS">
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS PGothic">
     <w:panose1 w:val="020B0600070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-15155734"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="5B8EB203" w14:textId="29BAAFFD" w:rsidR="008D38C9" w:rsidRDefault="008D38C9">
+      <w:p w14:paraId="5B8EB203" w14:textId="073E0F82" w:rsidR="00F17B34" w:rsidRDefault="00F17B34">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00B23BC3">
+        <w:r w:rsidR="00A32F98">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>2</w:t>
+          <w:t>21</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="0C5010A2" w14:textId="77777777" w:rsidR="008D38C9" w:rsidRDefault="008D38C9">
+  <w:p w14:paraId="0C5010A2" w14:textId="77777777" w:rsidR="00F17B34" w:rsidRDefault="00F17B34">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1500546466"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="2BD5043D" w14:textId="56B328F9" w:rsidR="008D38C9" w:rsidRDefault="008D38C9">
+      <w:p w14:paraId="2BD5043D" w14:textId="033876DB" w:rsidR="00F17B34" w:rsidRDefault="00F17B34">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00B23BC3">
+        <w:r w:rsidR="00A32F98">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>31</w:t>
+          <w:t>32</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="261073CD" w14:textId="77777777" w:rsidR="008D38C9" w:rsidRDefault="008D38C9">
+  <w:p w14:paraId="261073CD" w14:textId="77777777" w:rsidR="00F17B34" w:rsidRDefault="00F17B34">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0CBB1535" w14:textId="77777777" w:rsidR="0048578D" w:rsidRDefault="0048578D" w:rsidP="00324E0B">
+    <w:p w14:paraId="0CBB1535" w14:textId="77777777" w:rsidR="00F17B34" w:rsidRDefault="00F17B34" w:rsidP="00324E0B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="488A9DF2" w14:textId="77777777" w:rsidR="0048578D" w:rsidRDefault="0048578D" w:rsidP="00324E0B">
+    <w:p w14:paraId="488A9DF2" w14:textId="77777777" w:rsidR="00F17B34" w:rsidRDefault="00F17B34" w:rsidP="00324E0B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="751B1FAE" w14:textId="77777777" w:rsidR="008D38C9" w:rsidRDefault="008D38C9" w:rsidP="0081342D">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="751B1FAE" w14:textId="77777777" w:rsidR="00F17B34" w:rsidRDefault="00F17B34" w:rsidP="0081342D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="left" w:pos="2460"/>
       </w:tabs>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000402"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FEACA950"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="820" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:spacing w:val="-3"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
@@ -38654,299 +39066,438 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:abstractNum w:abstractNumId="49" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7FD71FF6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AC4A3700"/>
+    <w:lvl w:ilvl="0" w:tplc="4E1AA110">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2876" w:hanging="360"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="5DE8E48A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3626" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="3328D65E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4372" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="533C9D42">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5118" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="5C5EEF78">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5864" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="6646016C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6610" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0502744C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7356" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="264ECCDA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8102" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="732269F8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8848" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="733285037">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="2041319911">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1544051543">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="7871593">
     <w:abstractNumId w:val="48"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="689451510">
     <w:abstractNumId w:val="37"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1733652702">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1692800123">
     <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="719935143">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1587347738">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="971251638">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="594637009">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="2075812990">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1640528710">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="429853919">
     <w:abstractNumId w:val="39"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1387489288">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1752659620">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1497308885">
     <w:abstractNumId w:val="42"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="1946307734">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="10642741">
     <w:abstractNumId w:val="40"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="1023819317">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="1270892410">
     <w:abstractNumId w:val="35"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="1316033868">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="821851892">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="255404204">
     <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="1334723438">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="1577129060">
     <w:abstractNumId w:val="44"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="1245994544">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="1854803829">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="245920547">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="30">
+  <w:num w:numId="30" w16cid:durableId="360790211">
     <w:abstractNumId w:val="43"/>
   </w:num>
-  <w:num w:numId="31">
+  <w:num w:numId="31" w16cid:durableId="722950468">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="32">
+  <w:num w:numId="32" w16cid:durableId="317199392">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="33">
+  <w:num w:numId="33" w16cid:durableId="1660765151">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="34">
+  <w:num w:numId="34" w16cid:durableId="331882926">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="35">
+  <w:num w:numId="35" w16cid:durableId="795567221">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="36">
+  <w:num w:numId="36" w16cid:durableId="2073841920">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="37">
+  <w:num w:numId="37" w16cid:durableId="400446163">
     <w:abstractNumId w:val="47"/>
   </w:num>
-  <w:num w:numId="38">
+  <w:num w:numId="38" w16cid:durableId="1083648227">
     <w:abstractNumId w:val="45"/>
   </w:num>
-  <w:num w:numId="39">
+  <w:num w:numId="39" w16cid:durableId="588999551">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="40">
+  <w:num w:numId="40" w16cid:durableId="603849575">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="41">
+  <w:num w:numId="41" w16cid:durableId="670983120">
     <w:abstractNumId w:val="41"/>
   </w:num>
-  <w:num w:numId="42">
+  <w:num w:numId="42" w16cid:durableId="376706118">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="43">
+  <w:num w:numId="43" w16cid:durableId="1339849935">
     <w:abstractNumId w:val="38"/>
   </w:num>
-  <w:num w:numId="44">
+  <w:num w:numId="44" w16cid:durableId="862481525">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="45">
+  <w:num w:numId="45" w16cid:durableId="1650162662">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="46">
+  <w:num w:numId="46" w16cid:durableId="1234510643">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="47">
+  <w:num w:numId="47" w16cid:durableId="1425347018">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="48">
+  <w:num w:numId="48" w16cid:durableId="1283075172">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="49">
+  <w:num w:numId="49" w16cid:durableId="1895500610">
     <w:abstractNumId w:val="46"/>
+  </w:num>
+  <w:num w:numId="50" w16cid:durableId="840513343">
+    <w:abstractNumId w:val="49"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00324E0B"/>
     <w:rsid w:val="00021BF7"/>
     <w:rsid w:val="00034AFC"/>
+    <w:rsid w:val="000370FD"/>
+    <w:rsid w:val="0006321E"/>
     <w:rsid w:val="000632AE"/>
     <w:rsid w:val="00140872"/>
     <w:rsid w:val="00152F5D"/>
+    <w:rsid w:val="0019080E"/>
+    <w:rsid w:val="001E48D6"/>
     <w:rsid w:val="0029362D"/>
+    <w:rsid w:val="002C234F"/>
     <w:rsid w:val="0030035B"/>
+    <w:rsid w:val="00311BC8"/>
     <w:rsid w:val="00324E0B"/>
     <w:rsid w:val="00382964"/>
     <w:rsid w:val="00465127"/>
     <w:rsid w:val="0048578D"/>
     <w:rsid w:val="004C31D5"/>
     <w:rsid w:val="005D46B4"/>
     <w:rsid w:val="005E22D9"/>
     <w:rsid w:val="00600CE2"/>
     <w:rsid w:val="00617B41"/>
+    <w:rsid w:val="006A7D73"/>
+    <w:rsid w:val="00760282"/>
     <w:rsid w:val="007A52B4"/>
     <w:rsid w:val="0081342D"/>
+    <w:rsid w:val="00833CDE"/>
     <w:rsid w:val="00837469"/>
+    <w:rsid w:val="008C3B34"/>
     <w:rsid w:val="008D38C9"/>
     <w:rsid w:val="009B69F5"/>
     <w:rsid w:val="00A22700"/>
-    <w:rsid w:val="00B23BC3"/>
+    <w:rsid w:val="00A32F98"/>
+    <w:rsid w:val="00B935AE"/>
     <w:rsid w:val="00BB1689"/>
     <w:rsid w:val="00CA4073"/>
     <w:rsid w:val="00D0458D"/>
     <w:rsid w:val="00D065CD"/>
     <w:rsid w:val="00D40275"/>
+    <w:rsid w:val="00F17B34"/>
     <w:rsid w:val="00F64811"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="15EFBDA3"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{7617912E-FA08-4BA0-87AF-9127B9950802}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -39274,50 +39825,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00324E0B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00324E0B"/>
     <w:pPr>
       <w:keepNext/>
       <w:widowControl/>
       <w:tabs>
         <w:tab w:val="left" w:pos="720"/>
         <w:tab w:val="left" w:pos="1440"/>
         <w:tab w:val="left" w:pos="2160"/>
@@ -39759,66 +40315,66 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="00140872"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00140872"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:program.intake@usda.gov" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sam.gov/portal/SAM/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="EBD9090E688F46BF950AD0B8D3EF0F33"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D29340F8-7E2E-491C-8905-48269A4BB63A}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00417EE3" w:rsidRDefault="00417EE3" w:rsidP="00417EE3">
           <w:pPr>
             <w:pStyle w:val="EBD9090E688F46BF950AD0B8D3EF0F33"/>
           </w:pPr>
           <w:r w:rsidRPr="007A6E96">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
@@ -44803,213 +45359,230 @@
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{65DEAE4E-9FE7-4507-8011-1AF4712A94BD}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00417EE3" w:rsidRDefault="00417EE3" w:rsidP="00417EE3">
           <w:pPr>
             <w:pStyle w:val="A77C4CA443D64CCCA5C9F9B6E6F494F3"/>
           </w:pPr>
           <w:r w:rsidRPr="00FA0BB3">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calisto MT">
     <w:panose1 w:val="02040603050505030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Museo Slab 500">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00000AF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Trebuchet MS">
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS PGothic">
     <w:panose1 w:val="020B0600070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00417EE3"/>
+    <w:rsid w:val="000370FD"/>
+    <w:rsid w:val="00127049"/>
     <w:rsid w:val="00235BDF"/>
     <w:rsid w:val="00417EE3"/>
+    <w:rsid w:val="004338EC"/>
     <w:rsid w:val="00685C7F"/>
+    <w:rsid w:val="00760282"/>
     <w:rsid w:val="00DE56A9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -45337,162 +45910,103 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00417EE3"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="EBD9090E688F46BF950AD0B8D3EF0F33">
     <w:name w:val="EBD9090E688F46BF950AD0B8D3EF0F33"/>
     <w:rsid w:val="00417EE3"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="4317050618394A2796844753A3D87AD2">
     <w:name w:val="4317050618394A2796844753A3D87AD2"/>
-    <w:rsid w:val="00417EE3"/>
-[...62 lines deleted...]
-    <w:name w:val="56A6FF655AC747F9886DE2C01DAC5113"/>
     <w:rsid w:val="00417EE3"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="07D4D12631814E4DBE1F09DD57F6ABEB">
     <w:name w:val="07D4D12631814E4DBE1F09DD57F6ABEB"/>
     <w:rsid w:val="00417EE3"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="881E152F500A4F49BE0C8475888A6835">
     <w:name w:val="881E152F500A4F49BE0C8475888A6835"/>
     <w:rsid w:val="00417EE3"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="86207FCC903145ECB91044922E5D32E0">
     <w:name w:val="86207FCC903145ECB91044922E5D32E0"/>
     <w:rsid w:val="00417EE3"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="4E88511B27C241BC915A11FFA2CEC08F">
     <w:name w:val="4E88511B27C241BC915A11FFA2CEC08F"/>
     <w:rsid w:val="00417EE3"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="6504DB9980294C3B986DBD223F0A8A4B">
     <w:name w:val="6504DB9980294C3B986DBD223F0A8A4B"/>
     <w:rsid w:val="00417EE3"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="28444D79739E4D81AC146D8FFCF4D1A0">
     <w:name w:val="28444D79739E4D81AC146D8FFCF4D1A0"/>
     <w:rsid w:val="00417EE3"/>
@@ -46055,59 +46569,55 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="C3579E40CF09429889DD9815CFE61368">
     <w:name w:val="C3579E40CF09429889DD9815CFE61368"/>
     <w:rsid w:val="00417EE3"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="417D19776AAD4BCBA09EABFD6F317934">
     <w:name w:val="417D19776AAD4BCBA09EABFD6F317934"/>
     <w:rsid w:val="00417EE3"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="EC0EAE90AB68447EBE864DF15797E976">
     <w:name w:val="EC0EAE90AB68447EBE864DF15797E976"/>
     <w:rsid w:val="00417EE3"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="8CA7C1792C53400BA949523C5B1700CD">
     <w:name w:val="8CA7C1792C53400BA949523C5B1700CD"/>
     <w:rsid w:val="00417EE3"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="F623A6BC583E4BDE9C3E0B9A6F3BDC94">
     <w:name w:val="F623A6BC583E4BDE9C3E0B9A6F3BDC94"/>
     <w:rsid w:val="00417EE3"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="A77C4CA443D64CCCA5C9F9B6E6F494F3">
     <w:name w:val="A77C4CA443D64CCCA5C9F9B6E6F494F3"/>
     <w:rsid w:val="00417EE3"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="40396C2238DA4CFEB014C1EB96A97499">
-[...2 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
@@ -46368,70 +46878,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>31</Pages>
-[...1 lines deleted...]
-  <Characters>54969</Characters>
+  <Pages>32</Pages>
+  <Words>10119</Words>
+  <Characters>57681</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>4</DocSecurity>
-  <Lines>458</Lines>
-  <Paragraphs>128</Paragraphs>
+  <Lines>480</Lines>
+  <Paragraphs>135</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>64484</CharactersWithSpaces>
+  <CharactersWithSpaces>67665</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Missouri Department of Elementary and Secondary Education</dc:creator>
+  <dc:creator>Jamie Hawkins</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>