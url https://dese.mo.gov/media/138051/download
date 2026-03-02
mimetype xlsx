--- v0 (2025-12-05)
+++ v1 (2026-03-02)
@@ -1,67 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\DC\MOSIS\Website\Excel Templates\2026\06 June\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1BB581B5-668C-4E0B-9BFD-E63ABD0236A5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{04657D7A-63ED-41E5-A05B-32A59AF6BAC5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="372" yWindow="2088" windowWidth="18492" windowHeight="11928" xr2:uid="{EA4DEC1B-227B-42D3-9C8E-F12781C39158}"/>
+    <workbookView xWindow="19644" yWindow="2376" windowWidth="21684" windowHeight="12120" xr2:uid="{EA4DEC1B-227B-42D3-9C8E-F12781C39158}"/>
   </bookViews>
   <sheets>
     <sheet name="2026Jun1.0StuEnrlAttnd" sheetId="8" r:id="rId1"/>
   </sheets>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34" uniqueCount="34">
   <si>
     <t>ResidentDistrictCode</t>
   </si>
   <si>
     <t>LastName</t>
   </si>
   <si>
     <t>FirstName</t>
   </si>
   <si>
     <t>MiddleName</t>
   </si>
   <si>
     <t>Suffix</t>
   </si>
   <si>
     <t>DateOfBirth</t>
   </si>
   <si>
     <t>CurrentSchoolYear</t>
   </si>
   <si>
     <t>CollectionVersion</t>
   </si>
   <si>
@@ -117,186 +117,204 @@
   </si>
   <si>
     <t>ExitDate</t>
   </si>
   <si>
     <t>ExitCode</t>
   </si>
   <si>
     <t>ExitDestDistrictCode</t>
   </si>
   <si>
     <t>ExitDestSchoolCode</t>
   </si>
   <si>
     <t>ExitDestComment</t>
   </si>
   <si>
     <t>SchoolChoice</t>
   </si>
   <si>
     <t>ExtSchlHours</t>
   </si>
   <si>
     <t>ChronicAbsent</t>
   </si>
+  <si>
+    <t>NRAttendingAsRI</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="mm/dd/yyyy"/>
   </numFmts>
-  <fonts count="2" x14ac:knownFonts="1">
+  <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="8"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
   </fonts>
-  <fills count="9">
+  <fills count="10">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="13"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="41"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="10"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFBBE9EB"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFF0000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFF00"/>
+        <bgColor theme="4" tint="0.79998168889431442"/>
+      </patternFill>
+    </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="17">
+  <cellXfs count="18">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
@@ -565,95 +583,96 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{02503007-CC57-4ECA-AF40-BAEE0C7A4F69}">
-  <dimension ref="A1:AG100"/>
+  <dimension ref="A1:AH100"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="Q1" sqref="Q1"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="52.44140625" defaultRowHeight="10.199999999999999" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="12" style="14" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="13" style="14" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="14.88671875" style="14" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14.6640625" style="14" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="14.88671875" style="14" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="14.6640625" style="14" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="14.44140625" style="14" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="14.33203125" style="14" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="5.5546875" style="14" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="10.5546875" style="14" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="7.33203125" style="14" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="7.44140625" style="14" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="8.6640625" style="14" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="4.33203125" style="14" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="8.33203125" style="16" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="13" style="14" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="11.6640625" style="14" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="11.33203125" style="14" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="10.109375" style="14" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="11.6640625" style="14" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="9.33203125" style="14" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="13.6640625" style="14" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="14.33203125" style="14" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="7.33203125" style="16" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="7.5546875" style="14" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="6.33203125" style="16" bestFit="1" customWidth="1"/>
     <col min="27" max="27" width="6.6640625" style="14" bestFit="1" customWidth="1"/>
     <col min="28" max="29" width="14.33203125" style="12" bestFit="1" customWidth="1"/>
     <col min="30" max="30" width="12.5546875" style="14" bestFit="1" customWidth="1"/>
     <col min="31" max="32" width="9.6640625" style="14" bestFit="1" customWidth="1"/>
     <col min="33" max="33" width="10.33203125" style="14" bestFit="1" customWidth="1"/>
-    <col min="34" max="16384" width="52.44140625" style="14"/>
+    <col min="34" max="34" width="12" style="14" bestFit="1" customWidth="1"/>
+    <col min="35" max="16384" width="52.44140625" style="14"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:33" s="11" customFormat="1" ht="13.8" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:34" s="11" customFormat="1" ht="13.8" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
         <v>7</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>8</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>11</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>12</v>
       </c>
       <c r="I1" s="2" t="s">
@@ -709,402 +728,405 @@
       </c>
       <c r="Z1" s="4" t="s">
         <v>25</v>
       </c>
       <c r="AA1" s="2" t="s">
         <v>26</v>
       </c>
       <c r="AB1" s="9" t="s">
         <v>27</v>
       </c>
       <c r="AC1" s="9" t="s">
         <v>28</v>
       </c>
       <c r="AD1" s="7" t="s">
         <v>29</v>
       </c>
       <c r="AE1" s="1" t="s">
         <v>30</v>
       </c>
       <c r="AF1" s="10" t="s">
         <v>31</v>
       </c>
       <c r="AG1" s="6" t="s">
         <v>32</v>
       </c>
-    </row>
-    <row r="2" spans="1:33" x14ac:dyDescent="0.2">
+      <c r="AH1" s="17" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="2" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A2" s="12"/>
       <c r="B2" s="12"/>
       <c r="C2" s="13"/>
       <c r="D2" s="13"/>
       <c r="E2" s="12"/>
       <c r="F2" s="12"/>
       <c r="G2" s="12"/>
       <c r="H2" s="12"/>
       <c r="I2" s="12"/>
       <c r="J2" s="12"/>
       <c r="K2" s="12"/>
       <c r="L2" s="12"/>
       <c r="M2" s="12"/>
       <c r="N2" s="12"/>
       <c r="O2" s="14"/>
       <c r="P2" s="12"/>
       <c r="Q2" s="13"/>
       <c r="V2" s="15"/>
       <c r="W2" s="15"/>
       <c r="X2" s="14"/>
       <c r="Y2" s="15"/>
       <c r="Z2" s="14"/>
       <c r="AB2" s="13"/>
     </row>
-    <row r="3" spans="1:33" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A3" s="12"/>
       <c r="B3" s="12"/>
       <c r="C3" s="13"/>
       <c r="D3" s="13"/>
       <c r="E3" s="12"/>
       <c r="F3" s="12"/>
       <c r="G3" s="12"/>
       <c r="H3" s="12"/>
       <c r="I3" s="12"/>
       <c r="J3" s="12"/>
       <c r="K3" s="12"/>
       <c r="L3" s="12"/>
       <c r="M3" s="12"/>
       <c r="N3" s="12"/>
       <c r="O3" s="14"/>
       <c r="P3" s="12"/>
       <c r="Q3" s="13"/>
       <c r="V3" s="15"/>
       <c r="W3" s="15"/>
       <c r="X3" s="14"/>
       <c r="Y3" s="15"/>
       <c r="Z3" s="14"/>
       <c r="AB3" s="13"/>
     </row>
-    <row r="4" spans="1:33" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A4" s="12"/>
       <c r="B4" s="12"/>
       <c r="C4" s="13"/>
       <c r="D4" s="13"/>
       <c r="E4" s="12"/>
       <c r="F4" s="12"/>
       <c r="G4" s="12"/>
       <c r="H4" s="12"/>
       <c r="I4" s="12"/>
       <c r="J4" s="12"/>
       <c r="K4" s="12"/>
       <c r="L4" s="12"/>
       <c r="M4" s="12"/>
       <c r="N4" s="12"/>
       <c r="O4" s="14"/>
       <c r="P4" s="12"/>
       <c r="Q4" s="13"/>
       <c r="V4" s="15"/>
       <c r="W4" s="15"/>
       <c r="X4" s="14"/>
       <c r="Y4" s="15"/>
       <c r="Z4" s="14"/>
       <c r="AB4" s="13"/>
     </row>
-    <row r="5" spans="1:33" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A5" s="12"/>
       <c r="B5" s="12"/>
       <c r="C5" s="13"/>
       <c r="D5" s="13"/>
       <c r="E5" s="12"/>
       <c r="F5" s="12"/>
       <c r="G5" s="12"/>
       <c r="H5" s="12"/>
       <c r="I5" s="12"/>
       <c r="J5" s="12"/>
       <c r="K5" s="12"/>
       <c r="L5" s="12"/>
       <c r="M5" s="12"/>
       <c r="N5" s="12"/>
       <c r="O5" s="14"/>
       <c r="P5" s="12"/>
       <c r="Q5" s="13"/>
       <c r="V5" s="15"/>
       <c r="W5" s="15"/>
       <c r="X5" s="14"/>
       <c r="Y5" s="15"/>
       <c r="Z5" s="14"/>
       <c r="AB5" s="13"/>
     </row>
-    <row r="6" spans="1:33" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A6" s="12"/>
       <c r="B6" s="12"/>
       <c r="C6" s="13"/>
       <c r="D6" s="13"/>
       <c r="E6" s="12"/>
       <c r="F6" s="12"/>
       <c r="G6" s="12"/>
       <c r="H6" s="12"/>
       <c r="I6" s="12"/>
       <c r="J6" s="12"/>
       <c r="K6" s="12"/>
       <c r="L6" s="12"/>
       <c r="M6" s="12"/>
       <c r="N6" s="12"/>
       <c r="O6" s="14"/>
       <c r="P6" s="12"/>
       <c r="Q6" s="13"/>
       <c r="V6" s="15"/>
       <c r="W6" s="15"/>
       <c r="X6" s="14"/>
       <c r="Y6" s="15"/>
       <c r="Z6" s="14"/>
       <c r="AB6" s="13"/>
     </row>
-    <row r="7" spans="1:33" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A7" s="12"/>
       <c r="B7" s="12"/>
       <c r="C7" s="13"/>
       <c r="D7" s="13"/>
       <c r="E7" s="12"/>
       <c r="F7" s="12"/>
       <c r="G7" s="12"/>
       <c r="H7" s="12"/>
       <c r="I7" s="12"/>
       <c r="J7" s="12"/>
       <c r="K7" s="12"/>
       <c r="L7" s="12"/>
       <c r="M7" s="12"/>
       <c r="N7" s="12"/>
       <c r="O7" s="14"/>
       <c r="P7" s="12"/>
       <c r="Q7" s="13"/>
       <c r="V7" s="15"/>
       <c r="W7" s="15"/>
       <c r="X7" s="14"/>
       <c r="Y7" s="15"/>
       <c r="Z7" s="14"/>
       <c r="AB7" s="13"/>
     </row>
-    <row r="8" spans="1:33" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A8" s="12"/>
       <c r="B8" s="12"/>
       <c r="C8" s="13"/>
       <c r="D8" s="13"/>
       <c r="E8" s="12"/>
       <c r="F8" s="12"/>
       <c r="G8" s="12"/>
       <c r="H8" s="12"/>
       <c r="I8" s="12"/>
       <c r="J8" s="12"/>
       <c r="K8" s="12"/>
       <c r="L8" s="12"/>
       <c r="M8" s="12"/>
       <c r="N8" s="12"/>
       <c r="O8" s="14"/>
       <c r="P8" s="12"/>
       <c r="Q8" s="13"/>
       <c r="V8" s="15"/>
       <c r="W8" s="15"/>
       <c r="X8" s="14"/>
       <c r="Y8" s="15"/>
       <c r="Z8" s="14"/>
       <c r="AB8" s="13"/>
     </row>
-    <row r="9" spans="1:33" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A9" s="12"/>
       <c r="B9" s="12"/>
       <c r="C9" s="13"/>
       <c r="D9" s="13"/>
       <c r="E9" s="12"/>
       <c r="F9" s="12"/>
       <c r="G9" s="12"/>
       <c r="H9" s="12"/>
       <c r="I9" s="12"/>
       <c r="J9" s="12"/>
       <c r="K9" s="12"/>
       <c r="L9" s="12"/>
       <c r="M9" s="12"/>
       <c r="N9" s="12"/>
       <c r="O9" s="14"/>
       <c r="P9" s="12"/>
       <c r="Q9" s="13"/>
       <c r="V9" s="15"/>
       <c r="W9" s="15"/>
       <c r="X9" s="14"/>
       <c r="Y9" s="15"/>
       <c r="Z9" s="14"/>
       <c r="AB9" s="13"/>
     </row>
-    <row r="10" spans="1:33" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A10" s="12"/>
       <c r="B10" s="12"/>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="12"/>
       <c r="F10" s="12"/>
       <c r="G10" s="12"/>
       <c r="H10" s="12"/>
       <c r="I10" s="12"/>
       <c r="J10" s="12"/>
       <c r="K10" s="12"/>
       <c r="L10" s="12"/>
       <c r="M10" s="12"/>
       <c r="N10" s="12"/>
       <c r="O10" s="14"/>
       <c r="P10" s="12"/>
       <c r="Q10" s="13"/>
       <c r="V10" s="15"/>
       <c r="W10" s="15"/>
       <c r="X10" s="14"/>
       <c r="Y10" s="15"/>
       <c r="Z10" s="14"/>
       <c r="AB10" s="13"/>
     </row>
-    <row r="11" spans="1:33" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A11" s="12"/>
       <c r="B11" s="12"/>
       <c r="C11" s="13"/>
       <c r="D11" s="13"/>
       <c r="E11" s="12"/>
       <c r="F11" s="12"/>
       <c r="G11" s="12"/>
       <c r="H11" s="12"/>
       <c r="I11" s="12"/>
       <c r="J11" s="12"/>
       <c r="K11" s="12"/>
       <c r="L11" s="12"/>
       <c r="M11" s="12"/>
       <c r="N11" s="12"/>
       <c r="O11" s="14"/>
       <c r="P11" s="12"/>
       <c r="Q11" s="13"/>
       <c r="V11" s="15"/>
       <c r="W11" s="15"/>
       <c r="X11" s="14"/>
       <c r="Y11" s="15"/>
       <c r="Z11" s="14"/>
       <c r="AB11" s="13"/>
     </row>
-    <row r="12" spans="1:33" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A12" s="12"/>
       <c r="B12" s="12"/>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="12"/>
       <c r="F12" s="12"/>
       <c r="G12" s="12"/>
       <c r="H12" s="12"/>
       <c r="I12" s="12"/>
       <c r="J12" s="12"/>
       <c r="K12" s="12"/>
       <c r="L12" s="12"/>
       <c r="M12" s="12"/>
       <c r="N12" s="12"/>
       <c r="O12" s="14"/>
       <c r="P12" s="12"/>
       <c r="Q12" s="13"/>
       <c r="V12" s="15"/>
       <c r="W12" s="15"/>
       <c r="X12" s="14"/>
       <c r="Y12" s="15"/>
       <c r="Z12" s="14"/>
       <c r="AB12" s="13"/>
     </row>
-    <row r="13" spans="1:33" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A13" s="12"/>
       <c r="B13" s="12"/>
       <c r="C13" s="13"/>
       <c r="D13" s="13"/>
       <c r="E13" s="12"/>
       <c r="F13" s="12"/>
       <c r="G13" s="12"/>
       <c r="H13" s="12"/>
       <c r="I13" s="12"/>
       <c r="J13" s="12"/>
       <c r="K13" s="12"/>
       <c r="L13" s="12"/>
       <c r="M13" s="12"/>
       <c r="N13" s="12"/>
       <c r="O13" s="14"/>
       <c r="P13" s="12"/>
       <c r="Q13" s="13"/>
       <c r="V13" s="15"/>
       <c r="W13" s="15"/>
       <c r="X13" s="14"/>
       <c r="Y13" s="15"/>
       <c r="Z13" s="14"/>
       <c r="AB13" s="13"/>
     </row>
-    <row r="14" spans="1:33" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A14" s="12"/>
       <c r="B14" s="12"/>
       <c r="C14" s="13"/>
       <c r="D14" s="13"/>
       <c r="E14" s="12"/>
       <c r="F14" s="12"/>
       <c r="G14" s="12"/>
       <c r="H14" s="12"/>
       <c r="I14" s="12"/>
       <c r="J14" s="12"/>
       <c r="K14" s="12"/>
       <c r="L14" s="12"/>
       <c r="M14" s="12"/>
       <c r="N14" s="12"/>
       <c r="O14" s="14"/>
       <c r="P14" s="12"/>
       <c r="Q14" s="13"/>
       <c r="V14" s="15"/>
       <c r="W14" s="15"/>
       <c r="X14" s="14"/>
       <c r="Y14" s="15"/>
       <c r="Z14" s="14"/>
       <c r="AB14" s="13"/>
     </row>
-    <row r="15" spans="1:33" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A15" s="12"/>
       <c r="B15" s="12"/>
       <c r="C15" s="13"/>
       <c r="D15" s="13"/>
       <c r="E15" s="12"/>
       <c r="F15" s="12"/>
       <c r="G15" s="12"/>
       <c r="H15" s="12"/>
       <c r="I15" s="12"/>
       <c r="J15" s="12"/>
       <c r="K15" s="12"/>
       <c r="L15" s="12"/>
       <c r="M15" s="12"/>
       <c r="N15" s="12"/>
       <c r="O15" s="14"/>
       <c r="P15" s="12"/>
       <c r="Q15" s="13"/>
       <c r="V15" s="15"/>
       <c r="W15" s="15"/>
       <c r="X15" s="14"/>
       <c r="Y15" s="15"/>
       <c r="Z15" s="14"/>
       <c r="AB15" s="13"/>
     </row>
-    <row r="16" spans="1:33" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:34" x14ac:dyDescent="0.2">
       <c r="A16" s="12"/>
       <c r="B16" s="12"/>
       <c r="C16" s="13"/>
       <c r="D16" s="13"/>
       <c r="E16" s="12"/>
       <c r="F16" s="12"/>
       <c r="G16" s="12"/>
       <c r="H16" s="12"/>
       <c r="I16" s="12"/>
       <c r="J16" s="12"/>
       <c r="K16" s="12"/>
       <c r="L16" s="12"/>
       <c r="M16" s="12"/>
       <c r="N16" s="12"/>
       <c r="O16" s="14"/>
       <c r="P16" s="12"/>
       <c r="Q16" s="13"/>
       <c r="V16" s="15"/>
       <c r="W16" s="15"/>
       <c r="X16" s="14"/>
       <c r="Y16" s="15"/>
       <c r="Z16" s="14"/>
       <c r="AB16" s="13"/>
     </row>
     <row r="17" spans="1:28" x14ac:dyDescent="0.2">
@@ -3188,51 +3210,51 @@
       <c r="C100" s="13"/>
       <c r="D100" s="13"/>
       <c r="E100" s="12"/>
       <c r="F100" s="12"/>
       <c r="G100" s="12"/>
       <c r="H100" s="12"/>
       <c r="I100" s="12"/>
       <c r="J100" s="12"/>
       <c r="K100" s="12"/>
       <c r="L100" s="12"/>
       <c r="M100" s="12"/>
       <c r="N100" s="12"/>
       <c r="O100" s="14"/>
       <c r="P100" s="12"/>
       <c r="Q100" s="13"/>
       <c r="V100" s="15"/>
       <c r="W100" s="15"/>
       <c r="X100" s="14"/>
       <c r="Y100" s="15"/>
       <c r="Z100" s="14"/>
       <c r="AB100" s="13"/>
     </row>
   </sheetData>
   <dataConsolidate/>
   <phoneticPr fontId="1" type="noConversion"/>
-  <dataValidations xWindow="388" yWindow="227" count="35">
+  <dataValidations xWindow="388" yWindow="227" count="36">
     <dataValidation type="textLength" operator="equal" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Exit Destination District Code" error="Enter exit destination district code." promptTitle="Exit Destination District Code" prompt="Conditional -- 6 Characters _x000a__x000a_6-digit county-district code of the district the student was confirmed to be transferred to. Required if student is marked Transfer Out to another school or district in state. If left blank destination comment must provided." sqref="AB2:AB100" xr:uid="{10F0F3C6-14AB-4EE1-A903-BA115959FAEC}">
       <formula1>6</formula1>
     </dataValidation>
     <dataValidation type="textLength" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Exit Destination Comment" error="Enter destination comment." promptTitle="Exit Destination Comment" prompt="Conditional -- 150 Characters_x000a__x000a_Required if the student did not transfer to another school district in the state. Detailed comment describing student's exit from the school or district." sqref="AD2:AD100" xr:uid="{1CD32ACC-3937-43F9-AEB2-EA14E5D0E933}">
       <formula1>0</formula1>
       <formula2>150</formula2>
     </dataValidation>
     <dataValidation type="textLength" operator="equal" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Attending District Code" error="Enter 6 Digit Attending District Code." promptTitle="Attending District Code " prompt="Required -- 6 Digits_x000a__x000a_DESE-assigned six-digit county-district code for the district of attendance." sqref="C2:C100" xr:uid="{EC235BF3-8F21-4A11-BC83-733425D7A4AD}">
       <formula1>6</formula1>
     </dataValidation>
     <dataValidation type="textLength" operator="equal" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Attending School Code" error="Enter 4 Digit Attending School Code" promptTitle="Attending School Code " prompt="Required -- 4 Digits _x000a__x000a_DESE-assigned four-digit school code for the school of attendance." sqref="D2:D100" xr:uid="{4E0362A8-81C1-4B5F-95D4-926FE5DD898B}">
       <formula1>4</formula1>
     </dataValidation>
     <dataValidation type="textLength" operator="equal" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Reporting District Code" error="Enter 6 digit Reporting District Code." promptTitle="Reporting District Code " prompt="Required -- 6 Digits _x000a__x000a_DESE-assigned six-digit county-district code for the district reporting." sqref="E2:E100" xr:uid="{57B38DBC-6E08-4242-A031-40C14EF4FFC6}">
       <formula1>6</formula1>
     </dataValidation>
     <dataValidation type="textLength" operator="equal" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Reporting School Code" error="Enter 4 Digit Reporting School Code" promptTitle="Reporting School Code" prompt="Required -- 4 Digits_x000a__x000a_DESE-assigned four-digit school code where the student is being reported from." sqref="F2:F100" xr:uid="{446B70E0-3EE4-47ED-A26A-880AD4277E92}">
       <formula1>4</formula1>
     </dataValidation>
     <dataValidation type="textLength" operator="equal" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Resident District Code" error="Enter 6 digit Resident District Code." promptTitle="Resident District Code " prompt="Required -- 6 Digits_x000a_ _x000a_DESE-assigned six-digit county-district code for the district of residence." sqref="G2:G100" xr:uid="{A19C12D4-D307-4AE8-ACC7-362AB10F80B5}">
       <formula1>6</formula1>
     </dataValidation>
     <dataValidation type="textLength" operator="equal" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Resident School Code" error="Enter 4 Digit Resident School Code" promptTitle="Resident School Code" prompt="Required -- 4 Digits_x000a_ _x000a_DESE-assigned four-digit school code for the school of residence." sqref="H2:H100" xr:uid="{FBC86E13-4AE5-4E8E-886A-3F1D06DDC79F}">
       <formula1>4</formula1>
     </dataValidation>
@@ -3298,50 +3320,53 @@
     </dataValidation>
     <dataValidation type="date" errorStyle="warning" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Entry Date" error="Enter Valid Entry Date mm/dd/yyyy" promptTitle="Entry Date" prompt="Required -- mm/dd/yyyy_x000a__x000a_Date student entered the attending school." sqref="X2:X100" xr:uid="{0E3DCEA6-F78A-46F1-8B02-65F21FEFCA23}">
       <formula1>45839</formula1>
       <formula2>46203</formula2>
     </dataValidation>
     <dataValidation type="date" errorStyle="warning" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Exit Date" error="Enter Valid Exit Date mm/dd/yyyy" promptTitle="Exit Date " prompt="Required -- mm/dd/yyyy_x000a__x000a_Date student exited the attending school." sqref="Z2:Z100" xr:uid="{034BC4FF-A518-4F8F-846E-DF0AA2184163}">
       <formula1>45839</formula1>
       <formula2>46203</formula2>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Grade Level Must Match List" error="Grade level must match list" promptTitle="Student Grade Level " prompt="Required -- 2-3 Characters_x000a__x000a_Current grade level." sqref="P2:P100" xr:uid="{188EDFAD-7A48-49E6-821A-DE2F336601FD}">
       <formula1>"PK,PKA,PKP,K,KA,KP,01,02,03,04,05,06,07,08,09,10,11,12"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Collection Version" error="Enter Collection Version. _x000a_Must match value in list." promptTitle="Collection Version " prompt="Required -- 1-50 Characters_x000a__x000a_Collection Version number will be determined by DESE. Use 2026Jun1.0StuEnrlAttnd for this submission." sqref="A2:A100" xr:uid="{58D593C3-5B3E-4F5D-AC7D-E0D8D4317737}">
       <formula1>"2026Jun1.0StuEnrlAttnd"</formula1>
     </dataValidation>
     <dataValidation type="list" operator="equal" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Current School Year" error="Enter 4 Digit Current School Year._x000a_Must match value in list." promptTitle="Current School Year" prompt="Required -- 4 Digits_x000a__x000a_The ending year of the current school year. Use 2026 for the 2025-26 school year." sqref="B2:B100" xr:uid="{CEFBD573-E6BF-4AAC-928B-605F687F3A72}">
       <formula1>"2026"</formula1>
     </dataValidation>
     <dataValidation type="decimal" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Regular Hours Absent" error="Enter number of hours absent." promptTitle="Regular Hours Absent " prompt="Required -- 9 characters allowed including decimal point (example: 0000.0000)_x000a__x000a_Required if student is not PK and did not enter and exit on the same day. Number of hours the student was absent at the attending district." sqref="S2:S100" xr:uid="{814B7A5C-AAAE-4F6C-9917-2B21257614A4}">
       <formula1>0</formula1>
       <formula2>9999.9999</formula2>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="School Choice" error="Must match value in list." promptTitle="School Choice" prompt="Optional -- 1 Character_x000a__x000a_Identify if a student is eligible, has been offered, applied for, or received school choice." sqref="AE2:AE100" xr:uid="{6E10EE3D-AEF0-4933-BC71-4BE7AA5914F4}">
       <formula1>"E,O,A,R"</formula1>
     </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="NR Attending as RI" prompt="Required -- 2 Characters_x000a__x000a_Designation that is allowing the NR child to attend school in a school district or charter school and be claimed as an RI student._x000a__x000a_CE - Contractor/Employee_x000a_NO - No" sqref="AH2:AH100" xr:uid="{7CD9C2E8-600B-46AD-B2F2-9FABEA6C3EA8}">
+      <formula1>"CE,NO"</formula1>
+    </dataValidation>
   </dataValidations>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>2026Jun1.0StuEnrlAttnd</vt:lpstr>